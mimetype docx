--- v0 (2025-12-05)
+++ v1 (2026-03-02)
@@ -7,92 +7,89 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3216"/>
         <w:gridCol w:w="3196"/>
         <w:gridCol w:w="3216"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E45365" w14:paraId="097370FF" w14:textId="77777777" w:rsidTr="00052C3D">
         <w:trPr>
           <w:trHeight w:val="1110"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AF976F2" w14:textId="6EB2EB21" w:rsidR="00E45365" w:rsidRDefault="005B4BB6" w:rsidP="00B1520C">
             <w:pPr>
               <w:pStyle w:val="Cabealho"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4819"/>
                 <w:tab w:val="clear" w:pos="9638"/>
               </w:tabs>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="pt-BR" w:bidi="ar-SA"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60F3517D" wp14:editId="718A1607">
                   <wp:extent cx="1905000" cy="753626"/>
                   <wp:effectExtent l="0" t="0" r="0" b="8890"/>
                   <wp:docPr id="1487" name="Imagem 1487"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1487"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7">
@@ -118,272 +115,288 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:permStart w:id="161752249" w:edGrp="everyone" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1018737664"/>
             <w:placeholder>
               <w:docPart w:val="41D7F18CF8B14C9884C7ED8A683A371E"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Escolher um item."/>
               <w:listItem w:displayText="                      " w:value="                      "/>
-              <w:listItem w:displayText="DEPARTAMENTO DE ENSINO SUPERIOR                               UNIDADE ACADÊMICA  I" w:value="DEPARTAMENTO DE ENSINO SUPERIOR                               UNIDADE ACADÊMICA  I"/>
-[...3 lines deleted...]
-              <w:listItem w:displayText="DEPARTAMENTO DE ENSINO SUPERIOR                               UNIDADE ACADÊMICA  V" w:value="DEPARTAMENTO DE ENSINO SUPERIOR                               UNIDADE ACADÊMICA  V"/>
+              <w:listItem w:displayText="UNIDADE ACADÊMICA  I" w:value="UNIDADE ACADÊMICA  I"/>
+              <w:listItem w:displayText="UNIDADE ACADÊMICA  II" w:value="UNIDADE ACADÊMICA  II"/>
+              <w:listItem w:displayText="UNIDADE ACADÊMICA  III" w:value="UNIDADE ACADÊMICA  III"/>
+              <w:listItem w:displayText="UNIDADE ACADÊMICA  IV" w:value="UNIDADE ACADÊMICA  IV"/>
+              <w:listItem w:displayText="UNIDADE ACADÊMICA  V" w:value="UNIDADE ACADÊMICA  V"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3209" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3F54E56D" w14:textId="585EB937" w:rsidR="00E45365" w:rsidRDefault="00D456D4" w:rsidP="00B1520C">
+              <w:p w14:paraId="3F54E56D" w14:textId="4040ABCA" w:rsidR="00E45365" w:rsidRDefault="00A32A97" w:rsidP="00B1520C">
                 <w:pPr>
                   <w:pStyle w:val="Cabealho"/>
                   <w:tabs>
                     <w:tab w:val="clear" w:pos="4819"/>
                     <w:tab w:val="clear" w:pos="9638"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r>
-[...2 lines deleted...]
-                    <w:b/>
+                <w:r w:rsidRPr="00CB2A79">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>DEPARTAMENTO DE ENSINO SUPERIOR                               UNIDADE ACADÊMICA  I</w:t>
+                  <w:t>Escolher um item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00332961">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:permEnd w:id="161752249" w:displacedByCustomXml="prev"/>
         <w:permStart w:id="1188321977" w:edGrp="everyone" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Logo do curso"/>
             <w:tag w:val="logo"/>
             <w:id w:val="-723140180"/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3210" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="36F25353" w14:textId="4D05AAB6" w:rsidR="00E45365" w:rsidRDefault="00902583" w:rsidP="00A87142">
+              <w:p w14:paraId="36F25353" w14:textId="652DB233" w:rsidR="00E45365" w:rsidRDefault="007C5C4B" w:rsidP="00A87142">
                 <w:pPr>
                   <w:pStyle w:val="Cabealho"/>
                   <w:tabs>
                     <w:tab w:val="clear" w:pos="4819"/>
                     <w:tab w:val="clear" w:pos="9638"/>
                   </w:tabs>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:lang w:eastAsia="pt-BR" w:bidi="ar-SA"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CA64E32" wp14:editId="44698A48">
-                      <wp:extent cx="1904993" cy="672350"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09A25202" wp14:editId="7794645C">
+                      <wp:extent cx="1904999" cy="672353"/>
                       <wp:effectExtent l="0" t="0" r="635" b="0"/>
-                      <wp:docPr id="1" name="Imagem 1"/>
+                      <wp:docPr id="736246530" name="Imagem 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="1" name="Imagem 1"/>
+                              <pic:cNvPr id="736246530" name="Imagem 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId8">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1904993" cy="672350"/>
+                                <a:ext cx="1904999" cy="672353"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:permEnd w:id="1188321977" w:displacedByCustomXml="prev"/>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BC1637D" w14:textId="77777777" w:rsidR="00E45365" w:rsidRDefault="00E45365" w:rsidP="008B7A65">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:permStart w:id="177017306" w:edGrp="everyone" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:id w:val="60292110"/>
         <w:placeholder>
           <w:docPart w:val="A0B2241AE83C4A6BBCA025671340B1E7"/>
         </w:placeholder>
+        <w:showingPlcHdr/>
         <w:dropDownList>
           <w:listItem w:value="Escolher um item."/>
           <w:listItem w:displayText="PROGRAMA DE PÓS-GRADUAÇÃO EM ENGENHARIA ELÉTRICA - PPGEE/JP" w:value="PROGRAMA DE PÓS-GRADUAÇÃO EM ENGENHARIA ELÉTRICA - PPGEE/JP"/>
           <w:listItem w:displayText="PROGRAMA DE PÓS-GRADUAÇÃO EM TECNOLOGIA DA INFORMAÇÃO - PPGTI/JP" w:value="PROGRAMA DE PÓS-GRADUAÇÃO EM TECNOLOGIA DA INFORMAÇÃO - PPGTI/JP"/>
           <w:listItem w:displayText="MESTRADO PROFISSIONAL EM EDUCAÇÃO PROFISSIONAL E TECNOLÓGICA - PROFEPT/JP" w:value="MESTRADO PROFISSIONAL E TECN EM EDUCAÇÃO PROFISSIONAL E TECNOLÓGICA - PROFEPT/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ADMINISTRAÇÃO - CCSBA/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ADMINISTRAÇÃO - CCSBA/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA CIVIL - CBEC/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA CIVIL - CBEC/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA ELÉTRICA - CCSBEE/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA ELÉTRICA - CCSBEE/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA MECÂNICA - CCSBEM/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA MECÂNICA - CCSBEM/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM AUTOMAÇÃO INDUSTRIAL - CCSTAI/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM AUTOMAÇÃO INDUSTRIAL - CCSTAI/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM CONSTRUÇÃO DE EDIFÍCIOS - CCSTCE/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM CONSTRUÇÃO DE EDIFÍCIOS - CCSTCE/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM DESIGN DE INTERIORES - CCSTDI/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM DESIGN DE INTERIORES - CCSTDI/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM GESTÃO AMBIENTAL - CCSTGA/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM GESTÃO AMBIENTAL - CCSTGA/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM GEOPROCESSAMENTO - CCSTG/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM GEOPROCESSAMENTO - CCSTG/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM NEGÓCIOS IMOBILIÁRIOS - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM NEGÓCIOS IMOBILIÁRIOS - JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM REDES DE COMPUTADORES - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM REDES DE COMPUTADORES - JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS DE TELECOMUNICAÇÕES - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS DE TELECOMUNICAÇÕES - JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS PARA INTERNET - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS PARA INTERNET - JP"/>
           <w:listItem w:displayText="CURSO LICENCIATURA EM LETRAS - JP" w:value="CURSO LICENCIATURA EM LETRAS - JP"/>
           <w:listItem w:displayText="CURSO DE LICENCIATURA EM MATEMÁTICA - JP" w:value="CURSO DE LICENCIATURA EM MATEMÁTICA - JP"/>
           <w:listItem w:displayText="CURSO DE LICENCIATURA EM QUÍMICA - JP" w:value="CURSO DE LICENCIATURA EM QUÍMICA - JP"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE CONTABILIDADE" w:value="CURSO TÉCNICO DE CONTABILIDADE"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE CONTROLE AMBIENTAL" w:value="CURSO TÉCNICO DE CONTROLE AMBIENTAL"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE EDIFICAÇÕES" w:value="CURSO TÉCNICO DE EDIFICAÇÕES"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE ELETRÔNICA" w:value="CURSO TÉCNICO DE ELETRÔNICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE ELETROTÉCNICA" w:value="CURSO TÉCNICO DE ELETROTÉCNICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE EQUIPAMENTOS BIOMÉDICOS" w:value="CURSO TÉCNICO DE EQUIPAMENTOS BIOMÉDICOS"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE EVENTOS (PROEJA)" w:value="CURSO TÉCNICO DE EVENTOS (PROEJA)"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE INFORMÁTICA" w:value="CURSO TÉCNICO DE INFORMÁTICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE INSTRUMENTO MUSICAL" w:value="CURSO TÉCNICO DE INSTRUMENTO MUSICAL"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE MECÂNICA" w:value="CURSO TÉCNICO DE MECÂNICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE SECRETARIADO" w:value="CURSO TÉCNICO DE SECRETARIADO"/>
         </w:dropDownList>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="6A79EA6E" w14:textId="2428D548" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="004231A6" w:rsidP="00F652A8">
+        <w:p w14:paraId="6A79EA6E" w14:textId="4F6ABEF2" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00517279" w:rsidP="00F652A8">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
-          <w:r>
-[...4 lines deleted...]
-            <w:t>CURSO SUPERIOR DE TECNOLOGIA EM REDES DE COMPUTADORES - JP</w:t>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolher um item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00053B28">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:permEnd w:id="177017306" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="277C66A1" w14:textId="77777777" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00135745" w:rsidP="008B7A65">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:permStart w:id="997157526" w:edGrp="everyone"/>
+      <w:permEnd w:id="997157526"/>
     </w:p>
     <w:p w14:paraId="21AB1B54" w14:textId="2A273ADF" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00135745" w:rsidP="00135745">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E97FEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TIPO DA SOLICITAÇÃ</w:t>
       </w:r>
       <w:r w:rsidR="00654283" w:rsidRPr="00E97FEB">
         <w:rPr>
@@ -419,54 +432,55 @@
         <w:showingPlcHdr/>
         <w:dropDownList>
           <w:listItem w:value="Escolher um item."/>
           <w:listItem w:displayText="DISSERTAÇÃO" w:value="DISSERTAÇÃO"/>
           <w:listItem w:displayText="QUALIFICAÇÃO" w:value="QUALIFICAÇÃO"/>
           <w:listItem w:displayText="ATA DE DEFESA DE RELATÓRIO DE ESTÁGIO" w:value="ATA DE DEFESA DE RELATÓRIO DE ESTÁGIO"/>
           <w:listItem w:displayText="ATA DE DEFESA DE  T C C" w:value="ATA DE DEFESA DE  T C C"/>
           <w:listItem w:displayText="ATA DE RECITAL DE CONCLUSÃO DE CURSO" w:value="ATA DE RECITAL DE CONCLUSÃO DE CURSO"/>
         </w:dropDownList>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:permStart w:id="1144223149" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
         <w:p w14:paraId="2A41131E" w14:textId="2D23F7CD" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="008D3B91" w:rsidP="008B7A65">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolher um item</w:t>
           </w:r>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
         <w:permEnd w:id="1144223149" w:displacedByCustomXml="next"/>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1D87406A" w14:textId="77777777" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00135745" w:rsidP="008B7A65">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -477,652 +491,736 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7792"/>
         <w:gridCol w:w="1853"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="492602E9" w14:textId="77777777" w:rsidTr="00922823">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E1F12EE" w14:textId="7F5641CA" w:rsidR="00922823" w:rsidRPr="00E97FEB" w:rsidRDefault="00922823" w:rsidP="00CE1175">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DADOS DO CANDIDATO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="3E1ED63B" w14:textId="77777777" w:rsidTr="003F33AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D515BAD" w14:textId="0AA58135" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00922823" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nome Completo</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7536DAEE" w14:textId="000CFED4" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00EA0864">
+          <w:p w14:paraId="7536DAEE" w14:textId="1EF56FA1" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1468278086"/>
                 <w:placeholder>
                   <w:docPart w:val="C872DA1621C04FFDA573F0668380470B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="175450608" w:edGrp="everyone"/>
-[...3 lines deleted...]
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:permStart w:id="1153714375" w:edGrp="everyone"/>
+                <w:r w:rsidR="000B7DC3" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
-[...1 lines deleted...]
-                <w:permEnd w:id="175450608"/>
+                  <w:t xml:space="preserve">inserir o texto </w:t>
+                </w:r>
+                <w:r w:rsidR="000B7DC3" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
+                <w:r w:rsidR="000B7DC3" w:rsidRPr="00D85E38">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+                <w:permEnd w:id="1153714375"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5479C98E" w14:textId="6FCB6E5C" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00922823" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matrícula</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F363868" w14:textId="1E3AE68A" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00EA0864">
+          <w:p w14:paraId="5F363868" w14:textId="1E3AE68A" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1335690612"/>
                 <w:placeholder>
                   <w:docPart w:val="1DA8EAA48AF745BAA4F2D314388972E7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="629820458" w:edGrp="everyone"/>
+                <w:r w:rsidR="007A7A52" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="007A7A52" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="629820458"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="2D6A7DF6" w14:textId="77777777" w:rsidTr="003F33AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="400D7737" w14:textId="77777777" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00EA0864" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1122717238" w:edGrp="everyone"/>
-          <w:p w14:paraId="5FA35464" w14:textId="12E9DBD5" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00EA0864">
+          <w:p w14:paraId="5FA35464" w14:textId="12E9DBD5" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1861080639"/>
                 <w:placeholder>
                   <w:docPart w:val="0232767279924F0A9ED4CF61917E8273"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="002E284B" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="002E284B" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1122717238"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17E9713F" w14:textId="77777777" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00EA0864" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71AA4D75" w14:textId="7C0987B4" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00EA0864">
+          <w:p w14:paraId="71AA4D75" w14:textId="7C0987B4" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-952167836"/>
                 <w:placeholder>
                   <w:docPart w:val="F2C1859B0BBB4C34B9F33DBD37A446E9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:color w:val="FF0000"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:permStart w:id="265629165" w:edGrp="everyone"/>
-                <w:r w:rsidR="00006417" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="00006417" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Inserir o texto.</w:t>
                 </w:r>
                 <w:permEnd w:id="265629165"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="20E4BB9F" w14:textId="77777777" w:rsidTr="003F33AC">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B212C96" w14:textId="5D2BD6AC" w:rsidR="00922823" w:rsidRPr="00E97FEB" w:rsidRDefault="00922823" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Linha de pesquisa</w:t>
             </w:r>
+            <w:permStart w:id="1198749085" w:edGrp="everyone"/>
+            <w:permEnd w:id="1198749085"/>
           </w:p>
           <w:permStart w:id="1489257081" w:edGrp="everyone"/>
-          <w:p w14:paraId="4F7A4638" w14:textId="1428795F" w:rsidR="002B083F" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00141DD0">
+          <w:p w14:paraId="4F7A4638" w14:textId="1428795F" w:rsidR="002B083F" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00141DD0">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1326973261"/>
                 <w:placeholder>
                   <w:docPart w:val="DEDBB5175D3C4ED3B569975D6976F17F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FB50F6" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Inserir o texto</w:t>
                 </w:r>
                 <w:r w:rsidR="00FB50F6" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r w:rsidR="00FB50F6" w:rsidRPr="00096D51">
-[...5 lines deleted...]
-                    <w:szCs w:val="12"/>
+                <w:r w:rsidR="00FB50F6" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>só preencher se houver</w:t>
                 </w:r>
                 <w:r w:rsidR="00FB50F6" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1489257081"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="34E621A3" w14:textId="77777777" w:rsidTr="003F33AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="62615247" w14:textId="77777777" w:rsidR="00922823" w:rsidRPr="00E97FEB" w:rsidRDefault="00922823" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41069746" w14:textId="76D394F6" w:rsidR="00922823" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="001845EA">
+          <w:p w14:paraId="41069746" w14:textId="72B4262B" w:rsidR="00922823" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="001845EA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1601627353"/>
                 <w:placeholder>
                   <w:docPart w:val="18C1D43AC6164C2B9E964112C06B6ED2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="636714003" w:edGrp="everyone"/>
-                <w:r w:rsidR="00955B3B" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00955B3B" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00955B3B" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00955B3B" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00955B3B" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="636714003"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00992850" w:rsidRPr="00E97FEB" w14:paraId="22F61F33" w14:textId="77777777" w:rsidTr="003F33AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EDA4973" w14:textId="1C0D4550" w:rsidR="00992850" w:rsidRPr="00E97FEB" w:rsidRDefault="00992850" w:rsidP="00992850">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Produto Educaciona</w:t>
             </w:r>
             <w:r w:rsidR="00C024F8" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="653865971" w:edGrp="everyone"/>
-          <w:p w14:paraId="6B72821A" w14:textId="001B724D" w:rsidR="00992850" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00992850">
+          <w:p w14:paraId="6B72821A" w14:textId="001B724D" w:rsidR="00992850" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00992850">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1294640048"/>
                 <w:placeholder>
                   <w:docPart w:val="7495C343F7194D0C9B78770766B27E71"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B5789D" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Inserir o texto</w:t>
                 </w:r>
                 <w:r w:rsidR="00B5789D" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r w:rsidR="00B5789D" w:rsidRPr="00096D51">
-[...4 lines deleted...]
-                    <w:szCs w:val="12"/>
+                <w:r w:rsidR="00B5789D" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>só preencher se houver</w:t>
                 </w:r>
                 <w:r w:rsidR="00B5789D" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="653865971"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BD4CD62" w14:textId="77777777" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0068655F" w:rsidP="00F24CAF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1135,252 +1233,272 @@
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6232"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1853"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="13A31BB6" w14:textId="77777777" w:rsidTr="0068655F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75BAA043" w14:textId="0DE2155D" w:rsidR="00922823" w:rsidRPr="00E97FEB" w:rsidRDefault="00922823" w:rsidP="00CE1175">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DADOS DA BANCA EXAMINADORA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="27215E44" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1835B3F1" w14:textId="14FDBD75" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0068655F" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome Completo do Orientador </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F44DDB8" w14:textId="288A18F3" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="0068655F">
+          <w:p w14:paraId="5F44DDB8" w14:textId="3B9C8955" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1349068963"/>
                 <w:placeholder>
                   <w:docPart w:val="89D08C47DE154549A531FEE5E693147A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="902314569" w:edGrp="everyone"/>
+                <w:r w:rsidR="00B5789D" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
                 <w:r w:rsidR="00B5789D" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="902314569"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FFACC62" w14:textId="77777777" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0068655F" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Membro</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1137014476" w:edGrp="everyone"/>
-          <w:p w14:paraId="037FC510" w14:textId="12FC509C" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="0068655F">
+          <w:p w14:paraId="037FC510" w14:textId="12FC509C" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1362621608"/>
                 <w:placeholder>
                   <w:docPart w:val="425C14A0FFF04B5F889397C2EC20B445"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Externo" w:value="Externo"/>
                   <w:listItem w:displayText="Interno" w:value="Interno"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BE54FC" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="00BE54FC" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Escolha</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1137014476"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E964D54" w14:textId="41CC6FCF" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="00140EEE" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matrícula ou CPF</w:t>
             </w:r>
             <w:r w:rsidR="00E16F62" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00676D03" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1393,244 +1511,255 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="385769874"/>
                 <w:placeholder>
                   <w:docPart w:val="4F131E237A874C2E998E391FE4EA2A1C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="725368052" w:edGrp="everyone"/>
-                <w:r w:rsidR="005A03CE" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="005A03CE" w:rsidRPr="00D23224">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                    <w:color w:val="auto"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>CPF</w:t>
                 </w:r>
-                <w:r w:rsidR="005A03CE" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="005A03CE" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="005A03CE" w:rsidRPr="00096D51">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>se for de outra instituição</w:t>
                 </w:r>
                 <w:permEnd w:id="725368052"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="4CC747BC" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="722D467C" w14:textId="77777777" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00EA0864" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="78644133" w:edGrp="everyone"/>
-          <w:p w14:paraId="4DF609D8" w14:textId="536B574F" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00EA0864">
+          <w:p w14:paraId="4DF609D8" w14:textId="3FD988EB" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="884371458"/>
                 <w:placeholder>
                   <w:docPart w:val="F24DC86FA2E5416B9C10A5B82FE2E305"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00006417" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00D23224" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00D23224" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="78644133"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72E4749D" w14:textId="77777777" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00EA0864" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="992635722" w:edGrp="everyone"/>
-          <w:p w14:paraId="415AA060" w14:textId="18469941" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00EA0864">
+          <w:p w14:paraId="415AA060" w14:textId="18469941" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1065534246"/>
                 <w:placeholder>
                   <w:docPart w:val="DE66EF6B1CC54E8BA5E55C338184798F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="009A6B5E" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="009A6B5E" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="992635722"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="258C00B2" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1417CE5E" w14:textId="6ABABBA6" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00507061" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA0864" w:rsidRPr="00E97FEB">
@@ -1669,337 +1798,384 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00C001C9" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> o docente</w:t>
             </w:r>
             <w:r w:rsidR="00B67911" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pertence</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="391145479" w:edGrp="everyone"/>
-          <w:p w14:paraId="7054A22B" w14:textId="1CEE8FA4" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00EA0864">
+          <w:p w14:paraId="7054A22B" w14:textId="1CEE8FA4" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-743719301"/>
                 <w:placeholder>
                   <w:docPart w:val="C9418E5F4E4842839DBD76176A470AC4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="00CB15FB" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="00CB15FB" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="391145479"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79DE4A66" w14:textId="77777777" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00EA0864" w:rsidP="00EA0864">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participação</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1235047297" w:edGrp="everyone"/>
-          <w:p w14:paraId="5FD911C8" w14:textId="02234240" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="5FD911C8" w14:textId="02234240" w:rsidR="00EA0864" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1431852109"/>
                 <w:placeholder>
                   <w:docPart w:val="ACABE56EEE3E4F3E87FE9C2E6CA578C1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Presencial" w:value="Presencial"/>
                   <w:listItem w:displayText="Virtual" w:value="Virtual"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0033528C" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="0033528C" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Escolha</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1235047297"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="199DD414" w14:textId="77777777" w:rsidTr="00293699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30EEA283" w14:textId="6943D207" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0068655F" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nome Completo do Coorientador (se houver)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DDD4ED6" w14:textId="2053D476" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="0068655F">
+          <w:p w14:paraId="4DDD4ED6" w14:textId="52ED343C" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-59790495"/>
                 <w:placeholder>
                   <w:docPart w:val="2487BD7CBD4E4DA180F1D51CFAA8E337"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="874921575" w:edGrp="everyone"/>
-                <w:r w:rsidR="006F446F" w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:r w:rsidR="006F446F" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>Inseri</w:t>
+                </w:r>
+                <w:r w:rsidR="006F446F" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>r o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
+                <w:r w:rsidR="006F446F" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="874921575"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E263A04" w14:textId="77777777" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0068655F" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Membro</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B8C6FDC" w14:textId="39D54780" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="0068655F">
+          <w:p w14:paraId="5B8C6FDC" w14:textId="0E9C5C46" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-909852197"/>
                 <w:placeholder>
                   <w:docPart w:val="42677009B6D34C109CAEBE2A2AD4D693"/>
                 </w:placeholder>
+                <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Externo" w:value="Externo"/>
                   <w:listItem w:displayText="Interno" w:value="Interno"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="575241491" w:edGrp="everyone"/>
-                <w:r w:rsidR="001F2066">
-[...1 lines deleted...]
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:r w:rsidR="00A42055" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Interno</w:t>
+                  <w:t>Esc</w:t>
+                </w:r>
+                <w:r w:rsidR="00A42055" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>olha</w:t>
                 </w:r>
                 <w:permEnd w:id="575241491"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CDC4708" w14:textId="2F02739B" w:rsidR="0068655F" w:rsidRPr="00E97FEB" w:rsidRDefault="00140EEE" w:rsidP="0068655F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matrícula ou CPF</w:t>
             </w:r>
             <w:r w:rsidR="00190D16" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -2039,2671 +2215,2917 @@
                 <w:r w:rsidR="009F7A25" w:rsidRPr="00096D51">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>se for de outra instituição</w:t>
                 </w:r>
                 <w:permEnd w:id="1644777736"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="4223A902" w14:textId="77777777" w:rsidTr="00293699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="14703CB9" w14:textId="77777777" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00B85320" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1676631265" w:edGrp="everyone"/>
-          <w:p w14:paraId="30D64E1D" w14:textId="6092B76A" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="30D64E1D" w14:textId="6092B76A" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1220440861"/>
                 <w:placeholder>
                   <w:docPart w:val="53BF1CD8E08B47F7965369E7E442ED3E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="002945C6" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inseri</w:t>
+                </w:r>
                 <w:r w:rsidR="002945C6" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>r o texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1676631265"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="287F7E43" w14:textId="77777777" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00B85320" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E1B8E02" w14:textId="2B232B16" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="3E1B8E02" w14:textId="2B232B16" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="119041536"/>
                 <w:placeholder>
                   <w:docPart w:val="188D3AF12DBD4ED5A7AC65FB679FDAA3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1055873161" w:edGrp="everyone"/>
+                <w:r w:rsidR="00621D32" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inseri</w:t>
+                </w:r>
                 <w:r w:rsidR="00621D32" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>r o texto.</w:t>
                 </w:r>
                 <w:permEnd w:id="1055873161"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B85320" w:rsidRPr="00E97FEB" w14:paraId="0237CCAA" w14:textId="77777777" w:rsidTr="00293699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D7FB242" w14:textId="7595C539" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00507061" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C001C9" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Titulação de maior nível / Instituição atual que o docente pertence</w:t>
             </w:r>
             <w:r w:rsidR="00C001C9" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:permStart w:id="950888696" w:edGrp="everyone"/>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-459577006"/>
                 <w:placeholder>
                   <w:docPart w:val="256C20E7A3FB4F1E88962D2784303EEE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="00CB15FB" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inseri</w:t>
+                </w:r>
                 <w:r w:rsidR="00CB15FB" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>r o texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="950888696"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="66E66D82" w14:textId="77777777" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00B85320" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participação</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="310404C5" w14:textId="3719090D" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="310404C5" w14:textId="3719090D" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1618719262"/>
                 <w:placeholder>
                   <w:docPart w:val="FB03D55FDF504C678E39CDC41FCB23B8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Presencial" w:value="Presencial"/>
                   <w:listItem w:displayText="Virtual" w:value="Virtual"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="924084472" w:edGrp="everyone"/>
+                <w:r w:rsidR="0033528C" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Esc</w:t>
+                </w:r>
                 <w:r w:rsidR="0033528C" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Escolha</w:t>
+                  <w:t>olha</w:t>
                 </w:r>
                 <w:permEnd w:id="924084472"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D7B3101" w14:textId="77777777" w:rsidR="004971CA" w:rsidRPr="00E97FEB" w:rsidRDefault="004971CA" w:rsidP="00A336EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6232"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1853"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="00B6153C" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60EC78BA" w14:textId="77777777" w:rsidR="00B7475A" w:rsidRPr="00E97FEB" w:rsidRDefault="00B7475A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome Completo do Examinador </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15D7747E" w14:textId="04C4D39B" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="15D7747E" w14:textId="389762C4" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1531995712"/>
                 <w:placeholder>
                   <w:docPart w:val="A43D4838CF594A89901FDD74A955F35D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1929796239" w:edGrp="everyone"/>
+                <w:r w:rsidR="00F008A3" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
                 <w:r w:rsidR="00F008A3" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="1929796239"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="376A6BCE" w14:textId="77777777" w:rsidR="00B7475A" w:rsidRPr="00E97FEB" w:rsidRDefault="00B7475A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Membro</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52F89813" w14:textId="1811A7BC" w:rsidR="00B7475A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="52F89813" w14:textId="1811A7BC" w:rsidR="00B7475A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1674761514"/>
                 <w:placeholder>
                   <w:docPart w:val="34986603CFB54893AF275DCACA5AE8DA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Externo" w:value="Externo"/>
                   <w:listItem w:displayText="Interno" w:value="Interno"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="515655418" w:edGrp="everyone"/>
-                <w:r w:rsidR="0033528C" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="0033528C" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Escolha</w:t>
                 </w:r>
                 <w:permEnd w:id="515655418"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5ACCDFE4" w14:textId="4685139F" w:rsidR="00B7475A" w:rsidRPr="00E97FEB" w:rsidRDefault="00140EEE" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matrícula ou CPF</w:t>
             </w:r>
             <w:r w:rsidR="00190D16" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1754552892"/>
                 <w:placeholder>
                   <w:docPart w:val="259042B642D74311BA294605E0B28D91"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1385695337" w:edGrp="everyone"/>
-                <w:r w:rsidR="005C3114" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="005C3114" w:rsidRPr="00D23224">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                    <w:color w:val="auto"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>CPF</w:t>
                 </w:r>
-                <w:r w:rsidR="005C3114" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="005C3114" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="005C3114" w:rsidRPr="00096D51">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>se for de outra instituição</w:t>
                 </w:r>
                 <w:permEnd w:id="1385695337"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="6D1F39A6" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64594562" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1896351840" w:edGrp="everyone"/>
-          <w:p w14:paraId="4FC7AF59" w14:textId="1D4BAA56" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="4FC7AF59" w14:textId="1D4BAA56" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1719270200"/>
                 <w:placeholder>
                   <w:docPart w:val="4A8FBE8CFCEB477CA1164AAB55E58E95"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="002945C6" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="002945C6" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1896351840"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A9EBA1B" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7656704D" w14:textId="0F755061" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="7656704D" w14:textId="0F755061" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-78750584"/>
                 <w:placeholder>
                   <w:docPart w:val="0033EB4A3DF542818C67869BC9BC6E03"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="350181488" w:edGrp="everyone"/>
+                <w:r w:rsidR="00621D32" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="00621D32" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="350181488"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="52145886" w14:textId="77777777" w:rsidTr="00C03765">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0DBDCC98" w14:textId="596911A1" w:rsidR="00B85320" w:rsidRPr="00E97FEB" w:rsidRDefault="00507061" w:rsidP="00C001C9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C001C9" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Titulação de maior nível / Instituição atual que o docente pertence</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="353637387" w:edGrp="everyone"/>
-          <w:p w14:paraId="55F28E0C" w14:textId="5634EB16" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="55F28E0C" w14:textId="5634EB16" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1468659692"/>
                 <w:placeholder>
                   <w:docPart w:val="E51DB1364AD54948A8D29E9716BF9CE3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CB15FB" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00CB15FB" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Inserir </w:t>
+                </w:r>
+                <w:r w:rsidR="00CB15FB" w:rsidRPr="00DC6518">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00CB15FB" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="353637387"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4304B77A" w14:textId="77777777" w:rsidR="00B7475A" w:rsidRPr="00E97FEB" w:rsidRDefault="00B7475A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participação</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B3B6EBF" w14:textId="14F6550E" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="1B3B6EBF" w14:textId="14F6550E" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1314291706"/>
                 <w:placeholder>
                   <w:docPart w:val="A94CCCCB4D954BF8BA3E03048391EA82"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Presencial" w:value="Presencial"/>
                   <w:listItem w:displayText="Virtual" w:value="Virtual"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1402744946" w:edGrp="everyone"/>
-                <w:r w:rsidR="0033528C" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="0033528C" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Escolha</w:t>
+                  <w:t>Esc</w:t>
+                </w:r>
+                <w:r w:rsidR="0033528C" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>olha</w:t>
                 </w:r>
                 <w:permEnd w:id="1402744946"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="063FD49B" w14:textId="77777777" w:rsidTr="00293699">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="457626EA" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome Completo do Examinador </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60BFBEB1" w14:textId="765A5D85" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="60BFBEB1" w14:textId="0CA12F3A" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-439381727"/>
                 <w:placeholder>
                   <w:docPart w:val="56060F81FB954EF8B26CA2814A125CD8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="386138355" w:edGrp="everyone"/>
+                <w:r w:rsidR="00F008A3" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00D23224">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
                 <w:r w:rsidR="00F008A3" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="386138355"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3703646B" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Membro</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="183027BA" w14:textId="62AE940C" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="183027BA" w14:textId="62AE940C" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="941267130"/>
                 <w:placeholder>
                   <w:docPart w:val="C0B01BA4A7654DF187B0813C04A5E0C8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Externo" w:value="Externo"/>
                   <w:listItem w:displayText="Interno" w:value="Interno"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1453465250" w:edGrp="everyone"/>
-                <w:r w:rsidR="0033528C" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="0033528C" w:rsidRPr="009A6DF3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Escolha</w:t>
                 </w:r>
                 <w:permEnd w:id="1453465250"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="24DB25A4" w14:textId="57E921A2" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00140EEE" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matrícula ou CPF</w:t>
             </w:r>
             <w:r w:rsidR="00190D16" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-329681729"/>
                 <w:placeholder>
                   <w:docPart w:val="6AA0A3D855ED4C0AB4E8CEC90086A10C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="379850839" w:edGrp="everyone"/>
-                <w:r w:rsidR="005C3114" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="005C3114" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                    <w:color w:val="auto"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>CPF</w:t>
                 </w:r>
-                <w:r w:rsidR="005C3114" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="005C3114" w:rsidRPr="009A6DF3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="005C3114" w:rsidRPr="00096D51">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>se for de outra instituição</w:t>
                 </w:r>
                 <w:permEnd w:id="379850839"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="593C1531" w14:textId="77777777" w:rsidTr="00293699">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59CBF17C" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="537729736" w:edGrp="everyone"/>
-          <w:p w14:paraId="7FFBFE35" w14:textId="23F81718" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="7FFBFE35" w14:textId="341019DA" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-878240833"/>
                 <w:placeholder>
                   <w:docPart w:val="CF9C753DA5864400AE7B563FE6904913"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002945C6" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="007C5C4B" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="007C5C4B" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="537729736"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="01542122" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1387BBCB" w14:textId="6AE86E90" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="1387BBCB" w14:textId="6AE86E90" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="758264816"/>
                 <w:placeholder>
                   <w:docPart w:val="D0132E6B4C6B40D0A2D23F0CD9C1B55E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="306776741" w:edGrp="everyone"/>
+                <w:r w:rsidR="00621D32" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="00621D32" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="306776741"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="1CEF6919" w14:textId="77777777" w:rsidTr="00293699">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7105D1DA" w14:textId="7E6664F4" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00507061" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Titulação de maior nível / Instituição atual que o docente pertence</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1636130347" w:edGrp="everyone"/>
-          <w:p w14:paraId="075080A6" w14:textId="6E50942C" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="075080A6" w14:textId="729EDADC" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-47925191"/>
                 <w:placeholder>
                   <w:docPart w:val="C7D80275F1F24F7CA24EB99AAEB7231F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D67680" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="007C5C4B" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="007C5C4B" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1636130347"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36641BE0" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participação</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="398E235D" w14:textId="683E22BB" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="398E235D" w14:textId="683E22BB" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2059541769"/>
                 <w:placeholder>
                   <w:docPart w:val="33C5E7A0911E487AAACE2F4515D4EEDC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Presencial" w:value="Presencial"/>
                   <w:listItem w:displayText="Virtual" w:value="Virtual"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="915962615" w:edGrp="everyone"/>
-                <w:r w:rsidR="0033528C" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="0033528C" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Escolha</w:t>
                 </w:r>
                 <w:permEnd w:id="915962615"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="45B805CA" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6CF01612" w14:textId="77777777" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="00DC6869" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Nome Completo do Examinador </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="518B9BD6" w14:textId="1EA1E8A8" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="518B9BD6" w14:textId="187ED8DD" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="974487308"/>
                 <w:placeholder>
                   <w:docPart w:val="620757ABA05F46FD8B5ED8F621CBA051"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1019676726" w:edGrp="everyone"/>
+                <w:r w:rsidR="00F008A3" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
                 <w:r w:rsidR="00F008A3" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="1019676726"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73E63EC6" w14:textId="77777777" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="00DC6869" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Membro</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6303308F" w14:textId="2293E6F6" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="6303308F" w14:textId="2293E6F6" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1515375423"/>
                 <w:placeholder>
                   <w:docPart w:val="E77D8F9A69D44F2F92475F338B19FC2D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Externo" w:value="Externo"/>
                   <w:listItem w:displayText="Interno" w:value="Interno"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="48514559" w:edGrp="everyone"/>
-                <w:r w:rsidR="005E4101" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="005E4101" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Escolha</w:t>
                 </w:r>
                 <w:permEnd w:id="48514559"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DCF8F78" w14:textId="4A9A4495" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="00DC6869" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matrícula</w:t>
             </w:r>
             <w:r w:rsidR="00621D32" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou </w:t>
             </w:r>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CPF</w:t>
             </w:r>
             <w:r w:rsidR="00190D16" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74F7139B" w14:textId="3CBDB6C7" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="74F7139B" w14:textId="3CBDB6C7" w:rsidR="00DC6869" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="2027594315"/>
                 <w:placeholder>
                   <w:docPart w:val="0E42A6478E634106928A2D7130261DB7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="29375107" w:edGrp="everyone"/>
-                <w:r w:rsidR="009C1A5B" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="009C1A5B" w:rsidRPr="00DC6518">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                    <w:color w:val="auto"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>CPF</w:t>
                 </w:r>
-                <w:r w:rsidR="009C1A5B" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="009C1A5B" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="009C1A5B" w:rsidRPr="00096D51">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>se for de outra instituição</w:t>
                 </w:r>
                 <w:permEnd w:id="29375107"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="0E4D536C" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FC2E030" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="432626567" w:edGrp="everyone"/>
-          <w:p w14:paraId="321F680E" w14:textId="47F22696" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="321F680E" w14:textId="47F22696" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2103251798"/>
                 <w:placeholder>
                   <w:docPart w:val="F10B5F7C592D4AB9833D49DC95EC0CD0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="00482C78" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="00482C78" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="432626567"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79E7BA06" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49D86952" w14:textId="692A3136" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="49D86952" w14:textId="692A3136" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1406884030"/>
                 <w:placeholder>
                   <w:docPart w:val="95E729667FC14407A37FF63826BBA7FD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="684683579" w:edGrp="everyone"/>
+                <w:r w:rsidR="00621D32" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="00621D32" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="684683579"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="54321095" w14:textId="77777777" w:rsidTr="00C03765">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47860789" w14:textId="0321A142" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00507061" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Titulação de maior nível / Instituição atual que o docente pertence</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1407718346" w:edGrp="everyone"/>
-          <w:p w14:paraId="7BDC0089" w14:textId="3421530A" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00115AFD">
+          <w:p w14:paraId="7BDC0089" w14:textId="3421530A" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="901944821"/>
                 <w:placeholder>
                   <w:docPart w:val="5D8B46CFD02C4B3B92F4682784699E81"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
+                <w:r w:rsidR="00D67680" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="00D67680" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1407718346"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="420D8BF1" w14:textId="77777777" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C9134A" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participação</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CBE8647" w14:textId="673F1CB0" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00DC6869">
+          <w:p w14:paraId="1CBE8647" w14:textId="673F1CB0" w:rsidR="00C9134A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DC6869">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="619194548"/>
                 <w:placeholder>
                   <w:docPart w:val="075DAFAF053C4B5E9FDE7F3DD48D3413"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Presencial" w:value="Presencial"/>
                   <w:listItem w:displayText="Virtual" w:value="Virtual"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1132797641" w:edGrp="everyone"/>
-                <w:r w:rsidR="0033528C" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="0033528C" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Escolha</w:t>
                 </w:r>
                 <w:permEnd w:id="1132797641"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="25367688" w14:textId="77777777" w:rsidTr="00293699">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11C52DDE" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00447216" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome Completo do Examinador </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="547D5B04" w14:textId="4752E7BF" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="547D5B04" w14:textId="5317F62A" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-863984503"/>
                 <w:placeholder>
                   <w:docPart w:val="B91ACB655CF5468593819F96FCB50BD9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="724241302" w:edGrp="everyone"/>
-                <w:r w:rsidR="00F008A3" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00F008A3" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Inserir </w:t>
+                </w:r>
+                <w:r w:rsidR="00F008A3" w:rsidRPr="00DC6518">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00512C01" w:rsidRPr="00512C01">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>caixa alta</w:t>
+                </w:r>
+                <w:r w:rsidR="00F008A3" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="724241302"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68197939" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00447216" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Membro</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="344C7891" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="344C7891" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1554617607"/>
                 <w:placeholder>
                   <w:docPart w:val="69AA1A431EEB40B685BDC049D29EAF94"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Externo" w:value="Externo"/>
                   <w:listItem w:displayText="Interno" w:value="Interno"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1095588697" w:edGrp="everyone"/>
-                <w:r w:rsidR="00447216" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00447216" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Escolha</w:t>
+                  <w:t>Esc</w:t>
+                </w:r>
+                <w:r w:rsidR="00447216" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>olha</w:t>
                 </w:r>
                 <w:permEnd w:id="1095588697"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74BA2BFD" w14:textId="44847D7E" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00447216" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matrícula ou CPF</w:t>
             </w:r>
             <w:r w:rsidR="00190D16" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-231773649"/>
                 <w:placeholder>
                   <w:docPart w:val="2643FDE13C92429196714C6C881F6D42"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1964273413" w:edGrp="everyone"/>
-                <w:r w:rsidR="009C1A5B" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="009C1A5B" w:rsidRPr="00DC6518">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                    <w:color w:val="auto"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>CPF</w:t>
                 </w:r>
-                <w:r w:rsidR="009C1A5B" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="009C1A5B" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="009C1A5B" w:rsidRPr="00096D51">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>se for de outra instituição</w:t>
                 </w:r>
                 <w:permEnd w:id="1964273413"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="4FD0376C" w14:textId="77777777" w:rsidTr="00293699">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="356E0F5B" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00447216" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1112356181" w:edGrp="everyone"/>
-          <w:p w14:paraId="5A4FE8A1" w14:textId="17B048A1" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="5A4FE8A1" w14:textId="17B048A1" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-282808963"/>
                 <w:placeholder>
                   <w:docPart w:val="02B308F204AB4C2DA126EBFD9671F62A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001B2C19" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="001B2C19" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Inserir </w:t>
+                </w:r>
+                <w:r w:rsidR="001B2C19" w:rsidRPr="00DC6518">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="001B2C19" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1112356181"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="469C48C5" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00447216" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74A09710" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="74A09710" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-181288268"/>
                 <w:placeholder>
                   <w:docPart w:val="A2701EE2B0634A7598F3FF13C153D1B2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1954755776" w:edGrp="everyone"/>
-                <w:r w:rsidR="00447216" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00447216" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00447216" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00447216" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="1954755776"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00447216" w:rsidRPr="00E97FEB" w14:paraId="3C90F15A" w14:textId="77777777" w:rsidTr="00293699">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="01EB18C2" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00447216" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Titulação de maior nível / Instituição atual que o docente pertence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33217AE2" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="33217AE2" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="-376474125"/>
                 <w:placeholder>
                   <w:docPart w:val="D05EC9BB560A4DA9AC91EA5D765A287A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="248778709" w:edGrp="everyone"/>
+                <w:r w:rsidR="00447216" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
                 <w:r w:rsidR="00447216" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="248778709"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2673F09E" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00447216" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participação</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48E2B6F0" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="48E2B6F0" w14:textId="77777777" w:rsidR="00447216" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1304273903"/>
                 <w:placeholder>
                   <w:docPart w:val="562EDE7C0E7A49A083CB1F0EC6CD47C8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Escolher um item."/>
                   <w:listItem w:displayText="Presencial" w:value="Presencial"/>
                   <w:listItem w:displayText="Virtual" w:value="Virtual"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="615712114" w:edGrp="everyone"/>
-                <w:r w:rsidR="00447216" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00447216" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Escolha</w:t>
+                  <w:t>Esc</w:t>
+                </w:r>
+                <w:r w:rsidR="00447216" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>olha</w:t>
                 </w:r>
                 <w:permEnd w:id="615712114"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5637B290" w14:textId="77777777" w:rsidR="00D9008B" w:rsidRPr="00E97FEB" w:rsidRDefault="00D9008B" w:rsidP="00A336EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="5681"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="6E853031" w14:textId="77777777" w:rsidTr="00115AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B275218" w14:textId="5A955E2D" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -4714,348 +5136,358 @@
               <w:t xml:space="preserve">INFORMAÇÕES SOBRE A </w:t>
             </w:r>
             <w:r w:rsidR="00303C79" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DEFESA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00920559" w:rsidRPr="00E97FEB" w14:paraId="54962018" w14:textId="77777777" w:rsidTr="00BF7993">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60756C44" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="006C72B9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="82"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13C750CF" w14:textId="102E0DD3" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="001D7B85">
+          <w:p w14:paraId="13C750CF" w14:textId="102E0DD3" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="001D7B85">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="12039803"/>
                 <w:placeholder>
                   <w:docPart w:val="067DAED953684B36977D6BCC0CD20D96"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date w:fullDate="2024-07-30T00:00:00Z">
                   <w:dateFormat w:val="dd/MM/yyyy"/>
                   <w:lid w:val="pt-BR"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="959913012" w:edGrp="everyone"/>
+                <w:r w:rsidR="00DD757F" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir data</w:t>
+                </w:r>
                 <w:r w:rsidR="00DD757F" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir data.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="959913012"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59869113" w14:textId="6C3C93F3" w:rsidR="00CF1AC7" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="006C72B9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="86"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Horário</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6073E273" w14:textId="752F66B3" w:rsidR="00CB41D0" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="001D7B85">
+          <w:p w14:paraId="6073E273" w14:textId="752F66B3" w:rsidR="00CB41D0" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="001D7B85">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1226602171"/>
                 <w:placeholder>
                   <w:docPart w:val="50D5139B6E1B4EF4B508222E77A67D69"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="1280849524" w:edGrp="everyone"/>
-                <w:r w:rsidR="005139F3" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="005139F3" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Inserir </w:t>
                 </w:r>
-                <w:r w:rsidR="001D7B85" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="001D7B85" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>hora</w:t>
                 </w:r>
                 <w:r w:rsidR="005139F3" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="1280849524"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E964CB6" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="006C72B9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Local</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58C33A08" w14:textId="7286F12A" w:rsidR="00CB41D0" w:rsidRPr="00E97FEB" w:rsidRDefault="00A17051" w:rsidP="00DF7808">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1810358789"/>
                 <w:placeholder>
                   <w:docPart w:val="F8CB5EF672C1420D9DCB1F76A7DA2717"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:permStart w:id="278475148" w:edGrp="everyone"/>
+                <w:r w:rsidR="00B3359E" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir local</w:t>
+                </w:r>
                 <w:r w:rsidR="00B3359E" w:rsidRPr="00E97FEB">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir local.</w:t>
+                  <w:t>.</w:t>
                 </w:r>
                 <w:permEnd w:id="278475148"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="466E583F" w14:textId="403472AB" w:rsidR="00112E86" w:rsidRPr="00E97FEB" w:rsidRDefault="00112E86" w:rsidP="00A336EC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="4"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3215"/>
         <w:gridCol w:w="3215"/>
         <w:gridCol w:w="3215"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="1102C4F5" w14:textId="77777777" w:rsidTr="00AD7477">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4AFE189B" w14:textId="661F1CBB" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C62F4A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5082,319 +5514,326 @@
             </w:r>
             <w:r w:rsidR="007B0480" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rStyle w:val="TextodoEspaoReservado"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="1F49CDFB" w14:textId="77777777" w:rsidTr="00AD7477">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="324AABE5" w14:textId="77777777" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C62F4A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:right="46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TEXTO</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1289059614" w:edGrp="everyone"/>
-          <w:p w14:paraId="75B12F34" w14:textId="7A29EF6F" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="75B12F34" w14:textId="7A29EF6F" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="808292648"/>
                 <w:placeholder>
                   <w:docPart w:val="C59BB9CAE4384E439016828A01671991"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C62F4A" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Inserir</w:t>
                 </w:r>
-                <w:r w:rsidR="00862DBB" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="00862DBB" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> nota</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1289059614"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="296CD4E1" w14:textId="77777777" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C62F4A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>APRESENTAÇÃO</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1379228699" w:edGrp="everyone"/>
-          <w:p w14:paraId="4F2F804C" w14:textId="1C335B9C" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="4F2F804C" w14:textId="1C335B9C" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1397662273"/>
                 <w:placeholder>
                   <w:docPart w:val="5B9B375B608A4725A92B271B3CE20ED0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C62F4A" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Inserir </w:t>
-[...5 lines deleted...]
-                    <w:color w:val="auto"/>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00862DBB" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>nota</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1379228699"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C59C52A" w14:textId="77777777" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C62F4A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ARGUIÇÃO</w:t>
             </w:r>
           </w:p>
           <w:permStart w:id="1469128928" w:edGrp="everyone"/>
-          <w:p w14:paraId="4AEDC921" w14:textId="6EB56643" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="4AEDC921" w14:textId="6EB56643" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1789695077"/>
                 <w:placeholder>
                   <w:docPart w:val="1B8E9CAAE6CE407AB427F66564661F58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C62F4A" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Inserir </w:t>
-[...5 lines deleted...]
-                    <w:color w:val="auto"/>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00862DBB" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>nota</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1469128928"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="2F2C081D" w14:textId="77777777" w:rsidTr="00AD7477">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6FEB99" w14:textId="4E08F5A4" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="002C56EC" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -5404,210 +5843,211 @@
               <w:t>MÉDIA</w:t>
             </w:r>
             <w:r w:rsidR="00C62F4A" w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FINAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:permStart w:id="1610562716" w:edGrp="everyone"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6430" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79AE4F7B" w14:textId="2F3E60CE" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="79AE4F7B" w14:textId="2F3E60CE" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1735384070"/>
                 <w:placeholder>
                   <w:docPart w:val="F2C9C84CB90F4E7F8650AB8CCA8FE13B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C62F4A" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Inserir </w:t>
                 </w:r>
-                <w:r w:rsidR="00FB53A8" w:rsidRPr="00E97FEB">
-[...3 lines deleted...]
-                    <w:color w:val="auto"/>
+                <w:r w:rsidR="00FB53A8" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>nota</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1610562716"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w14:paraId="4E56E12C" w14:textId="77777777" w:rsidTr="00AD7477">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="473FFFB3" w14:textId="77777777" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C62F4A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AVALIAÇÃO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:permStart w:id="652496064" w:edGrp="everyone"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6430" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D415495" w14:textId="4709C55E" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00AD7477">
+          <w:p w14:paraId="7D415495" w14:textId="4709C55E" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00AD7477">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1933422264"/>
                 <w:placeholder>
                   <w:docPart w:val="570D12C7C92047E4A71C1663D0A94367"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C62F4A" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Inserir </w:t>
-[...5 lines deleted...]
-                    <w:color w:val="auto"/>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00C62F4A" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FB53A8" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>nota</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="652496064"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="247581B7" w14:textId="77777777" w:rsidR="00C62F4A" w:rsidRPr="00E97FEB" w:rsidRDefault="00C62F4A" w:rsidP="00A336EC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="4"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
@@ -5618,376 +6058,410 @@
       <w:tblPr>
         <w:tblW w:w="9638" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9638"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="2B5D3C51" w14:textId="77777777" w:rsidTr="00A336EC">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="123C38D7" w14:textId="57F7BEC3" w:rsidR="00112E86" w:rsidRPr="00E97FEB" w:rsidRDefault="00112E86" w:rsidP="00007101">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>RESUMO DO TRABALHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="0" w:name="_Hlk161826645"/>
       <w:permStart w:id="1364685413" w:edGrp="everyone"/>
       <w:tr w:rsidR="00112E86" w:rsidRPr="00E97FEB" w14:paraId="7BB091D7" w14:textId="77777777" w:rsidTr="00007101">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49707E78" w14:textId="5A474451" w:rsidR="00112E86" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00007101">
+          <w:p w14:paraId="49707E78" w14:textId="5A474451" w:rsidR="00112E86" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00007101">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1669901857"/>
                 <w:placeholder>
                   <w:docPart w:val="5B4F66962B7841C6BEA5FAA74D400008"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00482C78" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00482C78" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00482C78" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00482C78" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="1364685413"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21CDF569" w14:textId="7330AD74" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00920559" w:rsidP="00A336EC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk161825206"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9638" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9638"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="670952A2" w14:textId="77777777" w:rsidTr="00A912B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="305C7BE2" w14:textId="0346E840" w:rsidR="00F45DE7" w:rsidRPr="00E97FEB" w:rsidRDefault="00F45DE7" w:rsidP="00CE1175">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>PALAVRAS CHAVES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:permStart w:id="19213744" w:edGrp="everyone"/>
       <w:tr w:rsidR="00BE145C" w:rsidRPr="00E97FEB" w14:paraId="1642A310" w14:textId="77777777" w:rsidTr="00BE145C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="149E417A" w14:textId="709735F8" w:rsidR="00BE145C" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00BE145C">
+          <w:p w14:paraId="149E417A" w14:textId="709735F8" w:rsidR="00BE145C" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00BE145C">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-73123230"/>
                 <w:placeholder>
                   <w:docPart w:val="3CB9659F603D417F8DB508F5EF91A9AD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00482C78" w:rsidRPr="00E97FEB">
+                <w:r w:rsidR="00482C78" w:rsidRPr="00CB2A79">
                   <w:rPr>
                     <w:rStyle w:val="TextodoEspaoReservado"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Inserir o texto.</w:t>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00482C78" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="00482C78" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="19213744"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="4AF4AD7C" w14:textId="77777777" w:rsidR="00E65553" w:rsidRPr="00E97FEB" w:rsidRDefault="00E65553" w:rsidP="00A336EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9638" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9638"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="3383C7F0" w14:textId="77777777" w:rsidTr="00A912B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D8E9F59" w14:textId="77777777" w:rsidR="00F45DE7" w:rsidRPr="00E97FEB" w:rsidRDefault="00F45DE7" w:rsidP="00CE1175">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97FEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>OBSERVAÇÃO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:permStart w:id="508916667" w:edGrp="everyone"/>
       <w:tr w:rsidR="00BE145C" w:rsidRPr="00E97FEB" w14:paraId="4514E441" w14:textId="77777777" w:rsidTr="00BE145C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C982D77" w14:textId="6142558F" w:rsidR="00BE145C" w:rsidRPr="00E97FEB" w:rsidRDefault="00951665" w:rsidP="00BE145C">
+          <w:p w14:paraId="0C982D77" w14:textId="6142558F" w:rsidR="00BE145C" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00BE145C">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="193433636"/>
                 <w:placeholder>
                   <w:docPart w:val="5EAD633181B54F6C857D2AF75E8189AE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5999,50 +6473,197 @@
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Inserir o texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:permEnd w:id="508916667"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="619A1B47" w14:textId="77777777" w:rsidR="00F45DE7" w:rsidRPr="00E97FEB" w:rsidRDefault="00F45DE7" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E6C65" w:rsidRPr="00E97FEB" w14:paraId="6BEE8278" w14:textId="77777777" w:rsidTr="00DB431F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64BAC398" w14:textId="74F9348C" w:rsidR="006E6C65" w:rsidRPr="006E6C65" w:rsidRDefault="006E6C65" w:rsidP="00DB431F">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6C65">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>COORDENADOR DO CURSO /</w:t>
+            </w:r>
+            <w:r w:rsidR="00A32A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7DC3" w:rsidRPr="000B7DC3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>siape, e-mail e telefone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:permStart w:id="1014914629" w:edGrp="everyone"/>
+      <w:tr w:rsidR="006E6C65" w:rsidRPr="00E97FEB" w14:paraId="61206287" w14:textId="77777777" w:rsidTr="00DB431F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38103725" w14:textId="77777777" w:rsidR="006E6C65" w:rsidRPr="00E97FEB" w:rsidRDefault="0043209A" w:rsidP="00DB431F">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="836197436"/>
+                <w:placeholder>
+                  <w:docPart w:val="416C8942918B48BC8139B6B544088E3A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006E6C65" w:rsidRPr="00DC6518">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir o texto</w:t>
+                </w:r>
+                <w:r w:rsidR="006E6C65" w:rsidRPr="00E97FEB">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="1014914629"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="1B29164A" w14:textId="77777777" w:rsidR="00F45DE7" w:rsidRPr="00E97FEB" w:rsidRDefault="00F45DE7" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="754C7C3B" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00920559" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -6211,778 +6832,796 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E97FEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assinatura do Orientador</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidSect="00D532D8">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="1134" w:bottom="568" w:left="1134" w:header="564" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E19A99A" w14:textId="77777777" w:rsidR="00951665" w:rsidRDefault="00951665">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="121AFAE7" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="061A48AA" w14:textId="77777777" w:rsidR="00951665" w:rsidRDefault="00951665">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="28047786" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
+    <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55E4799B" w14:textId="77777777" w:rsidR="00951665" w:rsidRDefault="00951665">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5B353739" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3989E9B3" w14:textId="77777777" w:rsidR="00951665" w:rsidRDefault="00951665">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="110C3E03" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C81D3E0" w14:textId="139F2EB4" w:rsidR="00141DD0" w:rsidRPr="00192A25" w:rsidRDefault="00141DD0" w:rsidP="00192A25">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00192A25">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lGkNzxyfTFQi6SzgAqiYK91g49Vltf8SEUzpwPp0aWJD90WQyLVT1QI7Ygbw5Vx8UMQqiHBlahHqvSLzHef42Q==" w:salt="p71NUpbjlEiBSOcEUsB+Cw=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9bgQGbmZVYSIUwKEYFfnzgIMkORxzPsR2yBvyTzGC3VPfU+IOCzEyUs4F+FX19QDcm6cvxGWX/fTVK5LLyBDJg==" w:salt="fkBSQIigGc0lZEnS347CWQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00920559"/>
     <w:rsid w:val="00004635"/>
     <w:rsid w:val="00005ECF"/>
     <w:rsid w:val="00006417"/>
     <w:rsid w:val="000118AA"/>
     <w:rsid w:val="00013B12"/>
     <w:rsid w:val="000166EC"/>
     <w:rsid w:val="00030557"/>
     <w:rsid w:val="0003119D"/>
     <w:rsid w:val="00033E2C"/>
     <w:rsid w:val="00037DD6"/>
+    <w:rsid w:val="00044EA7"/>
     <w:rsid w:val="000452EB"/>
     <w:rsid w:val="00045634"/>
     <w:rsid w:val="00052C3D"/>
     <w:rsid w:val="00054C83"/>
     <w:rsid w:val="00060C9E"/>
     <w:rsid w:val="00066C48"/>
     <w:rsid w:val="000849C4"/>
     <w:rsid w:val="00090A0A"/>
     <w:rsid w:val="00096D51"/>
     <w:rsid w:val="000A3025"/>
     <w:rsid w:val="000A65BD"/>
     <w:rsid w:val="000B33B4"/>
+    <w:rsid w:val="000B7DC3"/>
     <w:rsid w:val="000C113A"/>
     <w:rsid w:val="000C2816"/>
     <w:rsid w:val="000C47D0"/>
     <w:rsid w:val="000F50C2"/>
     <w:rsid w:val="000F677A"/>
     <w:rsid w:val="00103766"/>
     <w:rsid w:val="00106BEA"/>
     <w:rsid w:val="001111F1"/>
     <w:rsid w:val="00112E86"/>
     <w:rsid w:val="0011461A"/>
     <w:rsid w:val="00115AFD"/>
     <w:rsid w:val="001202C1"/>
     <w:rsid w:val="00122D42"/>
     <w:rsid w:val="00126482"/>
     <w:rsid w:val="00130F2B"/>
     <w:rsid w:val="00135745"/>
     <w:rsid w:val="00140EEE"/>
     <w:rsid w:val="00141DD0"/>
     <w:rsid w:val="00143AE9"/>
     <w:rsid w:val="001578CD"/>
     <w:rsid w:val="00162A34"/>
     <w:rsid w:val="00165D00"/>
     <w:rsid w:val="001845EA"/>
+    <w:rsid w:val="00187673"/>
     <w:rsid w:val="00190D16"/>
     <w:rsid w:val="00192A25"/>
     <w:rsid w:val="001940B5"/>
     <w:rsid w:val="0019768D"/>
+    <w:rsid w:val="001A6E7A"/>
     <w:rsid w:val="001A707C"/>
     <w:rsid w:val="001B2C19"/>
     <w:rsid w:val="001B5A75"/>
     <w:rsid w:val="001C2091"/>
     <w:rsid w:val="001D55D4"/>
     <w:rsid w:val="001D7B85"/>
     <w:rsid w:val="001E25B6"/>
     <w:rsid w:val="001E3BD7"/>
     <w:rsid w:val="001F1254"/>
     <w:rsid w:val="001F12C8"/>
     <w:rsid w:val="001F2066"/>
     <w:rsid w:val="001F5372"/>
     <w:rsid w:val="00200ABF"/>
     <w:rsid w:val="00206C9D"/>
+    <w:rsid w:val="00221A4E"/>
     <w:rsid w:val="002254D5"/>
     <w:rsid w:val="00230E2B"/>
     <w:rsid w:val="002341CC"/>
     <w:rsid w:val="00237A2B"/>
     <w:rsid w:val="00251B08"/>
     <w:rsid w:val="00252540"/>
     <w:rsid w:val="00254746"/>
     <w:rsid w:val="00255EEA"/>
     <w:rsid w:val="002563E7"/>
     <w:rsid w:val="00261909"/>
     <w:rsid w:val="00267EEC"/>
     <w:rsid w:val="00292989"/>
     <w:rsid w:val="00293699"/>
     <w:rsid w:val="002945C6"/>
     <w:rsid w:val="00294D12"/>
+    <w:rsid w:val="00295C12"/>
     <w:rsid w:val="002A0A03"/>
     <w:rsid w:val="002B083F"/>
     <w:rsid w:val="002B2900"/>
     <w:rsid w:val="002B435E"/>
     <w:rsid w:val="002B5442"/>
     <w:rsid w:val="002C3EAF"/>
     <w:rsid w:val="002C56EC"/>
     <w:rsid w:val="002D244E"/>
     <w:rsid w:val="002D30C3"/>
     <w:rsid w:val="002E284B"/>
     <w:rsid w:val="002E4153"/>
     <w:rsid w:val="002E664D"/>
     <w:rsid w:val="002F0B9A"/>
     <w:rsid w:val="002F1AF2"/>
     <w:rsid w:val="002F7336"/>
     <w:rsid w:val="002F7F63"/>
     <w:rsid w:val="003001E7"/>
     <w:rsid w:val="00303C79"/>
     <w:rsid w:val="003040C3"/>
     <w:rsid w:val="00322746"/>
     <w:rsid w:val="00325121"/>
     <w:rsid w:val="00332961"/>
     <w:rsid w:val="00333505"/>
     <w:rsid w:val="00335054"/>
     <w:rsid w:val="0033528C"/>
     <w:rsid w:val="0034477B"/>
     <w:rsid w:val="00370E1E"/>
     <w:rsid w:val="00377F7F"/>
     <w:rsid w:val="00382286"/>
     <w:rsid w:val="0039020C"/>
     <w:rsid w:val="00397981"/>
     <w:rsid w:val="003A6255"/>
     <w:rsid w:val="003B5F8F"/>
     <w:rsid w:val="003C72A5"/>
     <w:rsid w:val="003D10DF"/>
+    <w:rsid w:val="003D6CD5"/>
     <w:rsid w:val="003E4679"/>
     <w:rsid w:val="003E71CE"/>
     <w:rsid w:val="003F33AC"/>
     <w:rsid w:val="003F684C"/>
     <w:rsid w:val="003F7637"/>
     <w:rsid w:val="003F7D94"/>
     <w:rsid w:val="00403989"/>
     <w:rsid w:val="0040423D"/>
     <w:rsid w:val="00406DDD"/>
     <w:rsid w:val="00417797"/>
     <w:rsid w:val="004231A6"/>
     <w:rsid w:val="00423A07"/>
+    <w:rsid w:val="0043209A"/>
     <w:rsid w:val="004320EF"/>
     <w:rsid w:val="00443C68"/>
     <w:rsid w:val="00447216"/>
     <w:rsid w:val="004512E5"/>
     <w:rsid w:val="0045377B"/>
     <w:rsid w:val="00453D91"/>
     <w:rsid w:val="004545AD"/>
     <w:rsid w:val="00456886"/>
     <w:rsid w:val="0046282B"/>
     <w:rsid w:val="0047343F"/>
     <w:rsid w:val="00476D36"/>
     <w:rsid w:val="00477454"/>
+    <w:rsid w:val="004813B1"/>
     <w:rsid w:val="00481718"/>
     <w:rsid w:val="00482C78"/>
     <w:rsid w:val="004840B8"/>
     <w:rsid w:val="00485E85"/>
     <w:rsid w:val="004879B0"/>
     <w:rsid w:val="004941B6"/>
     <w:rsid w:val="00494F10"/>
     <w:rsid w:val="004971CA"/>
     <w:rsid w:val="004A0D51"/>
     <w:rsid w:val="004A20B7"/>
     <w:rsid w:val="004B1703"/>
     <w:rsid w:val="004B3094"/>
     <w:rsid w:val="004B48D9"/>
     <w:rsid w:val="004B6049"/>
     <w:rsid w:val="004C59EB"/>
     <w:rsid w:val="004C5E7F"/>
     <w:rsid w:val="004D1960"/>
     <w:rsid w:val="004D4FF1"/>
     <w:rsid w:val="004D5659"/>
     <w:rsid w:val="004F20D9"/>
     <w:rsid w:val="00503121"/>
     <w:rsid w:val="00507061"/>
+    <w:rsid w:val="00512C01"/>
     <w:rsid w:val="005139F3"/>
+    <w:rsid w:val="00517279"/>
     <w:rsid w:val="00525656"/>
     <w:rsid w:val="0052707D"/>
     <w:rsid w:val="005276CF"/>
     <w:rsid w:val="0053166E"/>
     <w:rsid w:val="00536902"/>
     <w:rsid w:val="005433C4"/>
     <w:rsid w:val="0054508F"/>
     <w:rsid w:val="00546AB4"/>
     <w:rsid w:val="0054720D"/>
     <w:rsid w:val="00552C63"/>
     <w:rsid w:val="00564B44"/>
     <w:rsid w:val="00567433"/>
     <w:rsid w:val="00567797"/>
     <w:rsid w:val="00575383"/>
+    <w:rsid w:val="005819A5"/>
     <w:rsid w:val="00582643"/>
     <w:rsid w:val="005844A3"/>
+    <w:rsid w:val="0058533C"/>
     <w:rsid w:val="00592731"/>
+    <w:rsid w:val="0059757D"/>
     <w:rsid w:val="005A03CE"/>
     <w:rsid w:val="005A2E58"/>
     <w:rsid w:val="005A76A8"/>
     <w:rsid w:val="005B4BB6"/>
     <w:rsid w:val="005B71FD"/>
     <w:rsid w:val="005C3114"/>
     <w:rsid w:val="005C4A44"/>
     <w:rsid w:val="005C7CCE"/>
+    <w:rsid w:val="005D2345"/>
     <w:rsid w:val="005D468A"/>
     <w:rsid w:val="005E0772"/>
     <w:rsid w:val="005E1311"/>
     <w:rsid w:val="005E1C35"/>
     <w:rsid w:val="005E4101"/>
     <w:rsid w:val="005E7B1F"/>
     <w:rsid w:val="006072E8"/>
     <w:rsid w:val="00607B85"/>
     <w:rsid w:val="0061030A"/>
     <w:rsid w:val="00610B82"/>
     <w:rsid w:val="00621D32"/>
+    <w:rsid w:val="006336A2"/>
     <w:rsid w:val="00640F4D"/>
     <w:rsid w:val="00641FE8"/>
     <w:rsid w:val="00644B93"/>
     <w:rsid w:val="006466C3"/>
     <w:rsid w:val="00646E63"/>
     <w:rsid w:val="00654283"/>
     <w:rsid w:val="0066120C"/>
     <w:rsid w:val="0066189B"/>
     <w:rsid w:val="00670122"/>
     <w:rsid w:val="00670758"/>
     <w:rsid w:val="00676D03"/>
     <w:rsid w:val="00684D9A"/>
     <w:rsid w:val="0068655F"/>
     <w:rsid w:val="00693604"/>
     <w:rsid w:val="00694938"/>
     <w:rsid w:val="00695180"/>
     <w:rsid w:val="006A0D98"/>
     <w:rsid w:val="006A1827"/>
     <w:rsid w:val="006B511E"/>
     <w:rsid w:val="006B5428"/>
     <w:rsid w:val="006B774A"/>
     <w:rsid w:val="006C0E85"/>
+    <w:rsid w:val="006C54F5"/>
     <w:rsid w:val="006C72B9"/>
     <w:rsid w:val="006D0550"/>
     <w:rsid w:val="006E2086"/>
+    <w:rsid w:val="006E6C65"/>
     <w:rsid w:val="006F446F"/>
     <w:rsid w:val="00705C59"/>
     <w:rsid w:val="00710590"/>
     <w:rsid w:val="00711558"/>
     <w:rsid w:val="00716E11"/>
     <w:rsid w:val="00721841"/>
     <w:rsid w:val="0073533E"/>
     <w:rsid w:val="00740A9A"/>
     <w:rsid w:val="00746E7F"/>
     <w:rsid w:val="00746F71"/>
     <w:rsid w:val="00750DFA"/>
     <w:rsid w:val="007556AC"/>
     <w:rsid w:val="007606C1"/>
     <w:rsid w:val="00761ED0"/>
     <w:rsid w:val="00764CB1"/>
     <w:rsid w:val="00773C0A"/>
+    <w:rsid w:val="007740D0"/>
     <w:rsid w:val="007837DF"/>
     <w:rsid w:val="00794828"/>
     <w:rsid w:val="007A3E67"/>
     <w:rsid w:val="007A7A52"/>
     <w:rsid w:val="007B0480"/>
     <w:rsid w:val="007B5567"/>
     <w:rsid w:val="007C409E"/>
+    <w:rsid w:val="007C5C4B"/>
     <w:rsid w:val="007D50F8"/>
     <w:rsid w:val="007F0C81"/>
     <w:rsid w:val="007F3A25"/>
     <w:rsid w:val="007F4C2F"/>
     <w:rsid w:val="008007C7"/>
     <w:rsid w:val="00801CB1"/>
     <w:rsid w:val="00810929"/>
     <w:rsid w:val="00810B40"/>
     <w:rsid w:val="0081455B"/>
     <w:rsid w:val="008223B1"/>
     <w:rsid w:val="0082538A"/>
     <w:rsid w:val="00825547"/>
     <w:rsid w:val="00827AA7"/>
+    <w:rsid w:val="0083151F"/>
     <w:rsid w:val="00846B40"/>
     <w:rsid w:val="00862DBB"/>
     <w:rsid w:val="00863515"/>
     <w:rsid w:val="00867F8F"/>
     <w:rsid w:val="00872E67"/>
     <w:rsid w:val="00874811"/>
     <w:rsid w:val="00881BFC"/>
     <w:rsid w:val="008A3141"/>
     <w:rsid w:val="008B271F"/>
     <w:rsid w:val="008B63E8"/>
     <w:rsid w:val="008B742B"/>
     <w:rsid w:val="008B7A65"/>
     <w:rsid w:val="008C0000"/>
     <w:rsid w:val="008C364C"/>
     <w:rsid w:val="008D0EA5"/>
     <w:rsid w:val="008D3B91"/>
     <w:rsid w:val="008D76B5"/>
     <w:rsid w:val="008E18E8"/>
     <w:rsid w:val="00902583"/>
     <w:rsid w:val="009026E0"/>
     <w:rsid w:val="0091116D"/>
     <w:rsid w:val="00920559"/>
     <w:rsid w:val="00920FBB"/>
     <w:rsid w:val="00922823"/>
     <w:rsid w:val="00924942"/>
     <w:rsid w:val="0093769B"/>
     <w:rsid w:val="00942CA5"/>
     <w:rsid w:val="0095160D"/>
     <w:rsid w:val="0095161A"/>
     <w:rsid w:val="00951665"/>
+    <w:rsid w:val="0095470B"/>
     <w:rsid w:val="009557CB"/>
     <w:rsid w:val="00955B3B"/>
     <w:rsid w:val="00960B2F"/>
     <w:rsid w:val="00962A67"/>
     <w:rsid w:val="0097164F"/>
     <w:rsid w:val="009716BA"/>
     <w:rsid w:val="00986564"/>
     <w:rsid w:val="00986B50"/>
     <w:rsid w:val="00991856"/>
     <w:rsid w:val="00992850"/>
     <w:rsid w:val="00994E35"/>
     <w:rsid w:val="009957D7"/>
     <w:rsid w:val="009A076F"/>
     <w:rsid w:val="009A1803"/>
     <w:rsid w:val="009A18A6"/>
     <w:rsid w:val="009A6B5E"/>
+    <w:rsid w:val="009A6DF3"/>
     <w:rsid w:val="009A6FED"/>
     <w:rsid w:val="009B5A7B"/>
     <w:rsid w:val="009C1A5B"/>
     <w:rsid w:val="009D1977"/>
     <w:rsid w:val="009D4120"/>
     <w:rsid w:val="009F7A25"/>
     <w:rsid w:val="00A02582"/>
     <w:rsid w:val="00A02BE9"/>
     <w:rsid w:val="00A05B97"/>
     <w:rsid w:val="00A07719"/>
     <w:rsid w:val="00A17051"/>
     <w:rsid w:val="00A25855"/>
     <w:rsid w:val="00A3068B"/>
+    <w:rsid w:val="00A32A97"/>
     <w:rsid w:val="00A336EC"/>
     <w:rsid w:val="00A35F84"/>
     <w:rsid w:val="00A370F5"/>
+    <w:rsid w:val="00A42055"/>
     <w:rsid w:val="00A5500D"/>
     <w:rsid w:val="00A56F29"/>
     <w:rsid w:val="00A669A3"/>
     <w:rsid w:val="00A7201D"/>
     <w:rsid w:val="00A81E0F"/>
     <w:rsid w:val="00A835A5"/>
     <w:rsid w:val="00A87142"/>
     <w:rsid w:val="00A91150"/>
     <w:rsid w:val="00A912B2"/>
     <w:rsid w:val="00A96BAB"/>
     <w:rsid w:val="00AA156C"/>
     <w:rsid w:val="00AA1E63"/>
     <w:rsid w:val="00AA4071"/>
     <w:rsid w:val="00AA599D"/>
     <w:rsid w:val="00AB27A8"/>
     <w:rsid w:val="00AC4F84"/>
+    <w:rsid w:val="00AE1CE0"/>
     <w:rsid w:val="00AE2688"/>
     <w:rsid w:val="00AE5A42"/>
+    <w:rsid w:val="00AF0AD8"/>
     <w:rsid w:val="00AF2AB4"/>
     <w:rsid w:val="00AF491D"/>
     <w:rsid w:val="00B02A0E"/>
     <w:rsid w:val="00B1520C"/>
     <w:rsid w:val="00B17A6C"/>
     <w:rsid w:val="00B216B7"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B241DD"/>
     <w:rsid w:val="00B25D44"/>
     <w:rsid w:val="00B31875"/>
     <w:rsid w:val="00B3359E"/>
     <w:rsid w:val="00B41B6F"/>
     <w:rsid w:val="00B45A3C"/>
     <w:rsid w:val="00B50D83"/>
     <w:rsid w:val="00B51A57"/>
     <w:rsid w:val="00B5789D"/>
     <w:rsid w:val="00B602F8"/>
     <w:rsid w:val="00B67911"/>
     <w:rsid w:val="00B72706"/>
     <w:rsid w:val="00B7475A"/>
     <w:rsid w:val="00B8282F"/>
     <w:rsid w:val="00B848EA"/>
     <w:rsid w:val="00B84A35"/>
     <w:rsid w:val="00B85320"/>
     <w:rsid w:val="00B92E8A"/>
     <w:rsid w:val="00BA1611"/>
     <w:rsid w:val="00BA5D51"/>
     <w:rsid w:val="00BA71AD"/>
     <w:rsid w:val="00BB0C48"/>
     <w:rsid w:val="00BB1B08"/>
     <w:rsid w:val="00BB3A81"/>
     <w:rsid w:val="00BB4FEC"/>
     <w:rsid w:val="00BB5122"/>
     <w:rsid w:val="00BB5D84"/>
     <w:rsid w:val="00BB73A6"/>
     <w:rsid w:val="00BC0935"/>
     <w:rsid w:val="00BC1DB5"/>
     <w:rsid w:val="00BD49E6"/>
     <w:rsid w:val="00BE145C"/>
     <w:rsid w:val="00BE2581"/>
     <w:rsid w:val="00BE4B96"/>
     <w:rsid w:val="00BE54FC"/>
     <w:rsid w:val="00BF2705"/>
     <w:rsid w:val="00BF7139"/>
     <w:rsid w:val="00BF7993"/>
     <w:rsid w:val="00C001C9"/>
     <w:rsid w:val="00C024F8"/>
     <w:rsid w:val="00C03765"/>
     <w:rsid w:val="00C07197"/>
+    <w:rsid w:val="00C10276"/>
+    <w:rsid w:val="00C179DC"/>
     <w:rsid w:val="00C20780"/>
     <w:rsid w:val="00C20A99"/>
     <w:rsid w:val="00C34F54"/>
     <w:rsid w:val="00C41790"/>
     <w:rsid w:val="00C42FB2"/>
     <w:rsid w:val="00C548E0"/>
     <w:rsid w:val="00C613B8"/>
     <w:rsid w:val="00C616EB"/>
     <w:rsid w:val="00C62F4A"/>
     <w:rsid w:val="00C6503C"/>
     <w:rsid w:val="00C65F00"/>
     <w:rsid w:val="00C662DE"/>
     <w:rsid w:val="00C712CA"/>
     <w:rsid w:val="00C71C70"/>
     <w:rsid w:val="00C8206C"/>
     <w:rsid w:val="00C86998"/>
     <w:rsid w:val="00C90616"/>
     <w:rsid w:val="00C9134A"/>
     <w:rsid w:val="00CA4071"/>
     <w:rsid w:val="00CB15FB"/>
+    <w:rsid w:val="00CB2A79"/>
     <w:rsid w:val="00CB41D0"/>
+    <w:rsid w:val="00CB5D28"/>
     <w:rsid w:val="00CC14F3"/>
     <w:rsid w:val="00CC2E65"/>
     <w:rsid w:val="00CC5F85"/>
     <w:rsid w:val="00CE0415"/>
     <w:rsid w:val="00CE1175"/>
     <w:rsid w:val="00CF1AC7"/>
     <w:rsid w:val="00D01B7F"/>
     <w:rsid w:val="00D0242C"/>
     <w:rsid w:val="00D14E62"/>
+    <w:rsid w:val="00D23224"/>
     <w:rsid w:val="00D2399C"/>
     <w:rsid w:val="00D329B2"/>
     <w:rsid w:val="00D357BD"/>
     <w:rsid w:val="00D456D4"/>
     <w:rsid w:val="00D50D02"/>
+    <w:rsid w:val="00D52D44"/>
     <w:rsid w:val="00D532D8"/>
     <w:rsid w:val="00D67680"/>
     <w:rsid w:val="00D676FD"/>
     <w:rsid w:val="00D72926"/>
     <w:rsid w:val="00D74A58"/>
     <w:rsid w:val="00D75077"/>
     <w:rsid w:val="00D87009"/>
     <w:rsid w:val="00D877A8"/>
     <w:rsid w:val="00D9008B"/>
     <w:rsid w:val="00D93A23"/>
     <w:rsid w:val="00D947FC"/>
     <w:rsid w:val="00DA0740"/>
     <w:rsid w:val="00DA30C0"/>
+    <w:rsid w:val="00DB020E"/>
     <w:rsid w:val="00DB0F3A"/>
     <w:rsid w:val="00DB4BF4"/>
     <w:rsid w:val="00DB778B"/>
     <w:rsid w:val="00DC1C83"/>
     <w:rsid w:val="00DC2E75"/>
     <w:rsid w:val="00DC3A6D"/>
     <w:rsid w:val="00DC5C28"/>
+    <w:rsid w:val="00DC6518"/>
     <w:rsid w:val="00DC6869"/>
     <w:rsid w:val="00DD1679"/>
     <w:rsid w:val="00DD19EE"/>
     <w:rsid w:val="00DD757F"/>
     <w:rsid w:val="00DE0CAF"/>
     <w:rsid w:val="00DE3251"/>
     <w:rsid w:val="00DE5E62"/>
     <w:rsid w:val="00DF0DFA"/>
     <w:rsid w:val="00DF7808"/>
     <w:rsid w:val="00E00A75"/>
     <w:rsid w:val="00E02283"/>
+    <w:rsid w:val="00E04740"/>
     <w:rsid w:val="00E16892"/>
     <w:rsid w:val="00E16F62"/>
     <w:rsid w:val="00E20D14"/>
     <w:rsid w:val="00E24CE2"/>
     <w:rsid w:val="00E4128A"/>
     <w:rsid w:val="00E41F27"/>
     <w:rsid w:val="00E45365"/>
     <w:rsid w:val="00E535A7"/>
     <w:rsid w:val="00E556E5"/>
     <w:rsid w:val="00E618AB"/>
     <w:rsid w:val="00E65553"/>
     <w:rsid w:val="00E67CA0"/>
     <w:rsid w:val="00E750DD"/>
     <w:rsid w:val="00E764C3"/>
     <w:rsid w:val="00E81425"/>
     <w:rsid w:val="00E814DD"/>
     <w:rsid w:val="00E928D1"/>
     <w:rsid w:val="00E97FEB"/>
     <w:rsid w:val="00EA07A2"/>
     <w:rsid w:val="00EA0864"/>
     <w:rsid w:val="00EA0875"/>
     <w:rsid w:val="00EA5FD4"/>
     <w:rsid w:val="00EB670D"/>
     <w:rsid w:val="00EC09D0"/>
     <w:rsid w:val="00EC59E9"/>
     <w:rsid w:val="00EC5AE0"/>
     <w:rsid w:val="00ED013E"/>
     <w:rsid w:val="00ED7A3B"/>
     <w:rsid w:val="00EE0F87"/>
     <w:rsid w:val="00EE1066"/>
     <w:rsid w:val="00EE51F3"/>
     <w:rsid w:val="00EE5BE0"/>
     <w:rsid w:val="00F008A3"/>
     <w:rsid w:val="00F05140"/>
     <w:rsid w:val="00F113DB"/>
     <w:rsid w:val="00F139FF"/>
     <w:rsid w:val="00F1477B"/>
     <w:rsid w:val="00F22660"/>
     <w:rsid w:val="00F24CAF"/>
     <w:rsid w:val="00F269D5"/>
     <w:rsid w:val="00F27F21"/>
+    <w:rsid w:val="00F31BD7"/>
     <w:rsid w:val="00F45DE7"/>
     <w:rsid w:val="00F46A1F"/>
     <w:rsid w:val="00F62F6C"/>
     <w:rsid w:val="00F64DEE"/>
     <w:rsid w:val="00F652A8"/>
+    <w:rsid w:val="00F66F6E"/>
     <w:rsid w:val="00F71805"/>
     <w:rsid w:val="00F904DB"/>
     <w:rsid w:val="00FA11EB"/>
     <w:rsid w:val="00FB4A66"/>
     <w:rsid w:val="00FB50F6"/>
     <w:rsid w:val="00FB53A8"/>
+    <w:rsid w:val="00FB56F0"/>
     <w:rsid w:val="00FB742F"/>
     <w:rsid w:val="00FB7A07"/>
     <w:rsid w:val="00FC4AD8"/>
     <w:rsid w:val="00FC5DDA"/>
     <w:rsid w:val="00FD2DAD"/>
     <w:rsid w:val="00FE7B61"/>
     <w:rsid w:val="00FF0966"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="18CA43FB"/>
   <w15:docId w15:val="{178E063F-AA52-406B-AE97-F9C51AFD2628}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7648,2693 +8287,3232 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="0033528C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0033528C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="34986603CFB54893AF275DCACA5AE8DA"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6A4D5E3A-DF4A-4984-908D-2B749CC0D3C2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0078443D" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0078443D" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="34986603CFB54893AF275DCACA5AE8DA"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="34986603CFB54893AF275DCACA5AE8DA5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A94CCCCB4D954BF8BA3E03048391EA82"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7E0077E2-B2C5-471A-938D-CF8C9C6AEB86}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0078443D" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0078443D" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="A94CCCCB4D954BF8BA3E03048391EA82"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="A94CCCCB4D954BF8BA3E03048391EA825"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolha</w:t>
+            <w:t>Esc</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>olha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FB03D55FDF504C678E39CDC41FCB23B8"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3108AF95-FD59-4C1A-82F3-D9296DA1883B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0078443D" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0078443D" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="FB03D55FDF504C678E39CDC41FCB23B8"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="FB03D55FDF504C678E39CDC41FCB23B85"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolha</w:t>
+            <w:t>Esc</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>olha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C0B01BA4A7654DF187B0813C04A5E0C8"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C52B3997-A015-492B-A6A5-D92760F361DC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0078443D" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0078443D" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="C0B01BA4A7654DF187B0813C04A5E0C8"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="C0B01BA4A7654DF187B0813C04A5E0C85"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="009A6DF3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="33C5E7A0911E487AAACE2F4515D4EEDC"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B475D1C2-889F-4257-9B65-861F4137AD40}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0078443D" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0078443D" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="33C5E7A0911E487AAACE2F4515D4EEDC"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="33C5E7A0911E487AAACE2F4515D4EEDC5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="075DAFAF053C4B5E9FDE7F3DD48D3413"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AEE36FE1-C2BD-44DF-A06C-C6B3BC7BA75B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0078443D" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0078443D" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="075DAFAF053C4B5E9FDE7F3DD48D3413"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="075DAFAF053C4B5E9FDE7F3DD48D34135"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="067DAED953684B36977D6BCC0CD20D96"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9E8CA403-514B-49C8-A0D7-31B557F4790E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0078443D" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0078443D" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="067DAED953684B36977D6BCC0CD20D96"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="067DAED953684B36977D6BCC0CD20D965"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir data.</w:t>
+            <w:t>Inserir data</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="41D7F18CF8B14C9884C7ED8A683A371E"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{19E8BC26-8BDC-4128-9565-ACA91EAA1A63}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007256FD" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="007256FD" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="41D7F18CF8B14C9884C7ED8A683A371E1"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="41D7F18CF8B14C9884C7ED8A683A371E5"/>
           </w:pPr>
-          <w:r w:rsidRPr="0082538A">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolher um item</w:t>
           </w:r>
           <w:r w:rsidRPr="00332961">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ACABE56EEE3E4F3E87FE9C2E6CA578C1"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC181F55-5464-44E5-B3F9-11AB9FD78C17}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BC7F03" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00BC7F03" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="ACABE56EEE3E4F3E87FE9C2E6CA578C1"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="ACABE56EEE3E4F3E87FE9C2E6CA578C15"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="425C14A0FFF04B5F889397C2EC20B445"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{84F34892-E879-4170-ADAF-D14B16B1ABAA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BC7F03" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00BC7F03" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="425C14A0FFF04B5F889397C2EC20B445"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="425C14A0FFF04B5F889397C2EC20B4455"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="42677009B6D34C109CAEBE2A2AD4D693"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{427B1AD4-524E-4F78-85E2-3E499478728B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BC7F03" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00BC7F03" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="42677009B6D34C109CAEBE2A2AD4D693"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="42677009B6D34C109CAEBE2A2AD4D6935"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolha</w:t>
+            <w:t>Esc</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>olha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E77D8F9A69D44F2F92475F338B19FC2D"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5D17E552-C390-4542-9204-41A139D8ABC9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BC7F03" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00BC7F03" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="E77D8F9A69D44F2F92475F338B19FC2D"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="E77D8F9A69D44F2F92475F338B19FC2D5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B8AF4462234F4D53B1D9804613A53346"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BEE85B8A-C74A-4839-97B5-85AAA3F86EFA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BC7F03" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00BC7F03" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="B8AF4462234F4D53B1D9804613A53346"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="B8AF4462234F4D53B1D9804613A533465"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolher um item</w:t>
           </w:r>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A0B2241AE83C4A6BBCA025671340B1E7"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B602BC6B-81C7-4926-80DE-ED81848A7F62}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F9334A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00F9334A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="A0B2241AE83C4A6BBCA025671340B1E71"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="A0B2241AE83C4A6BBCA025671340B1E75"/>
           </w:pPr>
-          <w:r w:rsidRPr="0082538A">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Escolher um item</w:t>
           </w:r>
           <w:r w:rsidRPr="00053B28">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F2C1859B0BBB4C34B9F33DBD37A446E9"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D18AE7EB-A05E-4161-BCBE-DA1A550875FE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="F2C1859B0BBB4C34B9F33DBD37A446E9"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="F2C1859B0BBB4C34B9F33DBD37A446E95"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Inserir o texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DE66EF6B1CC54E8BA5E55C338184798F"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CC058215-FD00-4814-AEA7-145C551D109A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="DE66EF6B1CC54E8BA5E55C338184798F"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="DE66EF6B1CC54E8BA5E55C338184798F5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F24DC86FA2E5416B9C10A5B82FE2E305"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{19E40BEB-E716-4B9D-B2D7-68A340533646}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="F24DC86FA2E5416B9C10A5B82FE2E305"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="F24DC86FA2E5416B9C10A5B82FE2E3055"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="188D3AF12DBD4ED5A7AC65FB679FDAA3"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91B4165E-DFB2-4096-80F8-341AFADE9232}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="188D3AF12DBD4ED5A7AC65FB679FDAA3"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="188D3AF12DBD4ED5A7AC65FB679FDAA35"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inseri</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>r o texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="53BF1CD8E08B47F7965369E7E442ED3E"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D28CC4E9-171C-4039-8A90-E4FD1463238E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="53BF1CD8E08B47F7965369E7E442ED3E"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="53BF1CD8E08B47F7965369E7E442ED3E5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inseri</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>r o texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0033EB4A3DF542818C67869BC9BC6E03"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CED0BAC8-5DC4-4A4C-8EF8-65F3AB5C0ADE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="0033EB4A3DF542818C67869BC9BC6E03"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="0033EB4A3DF542818C67869BC9BC6E035"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4A8FBE8CFCEB477CA1164AAB55E58E95"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A336378-77E2-4030-9D28-F6490FA3FBD3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="4A8FBE8CFCEB477CA1164AAB55E58E95"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="4A8FBE8CFCEB477CA1164AAB55E58E955"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CF9C753DA5864400AE7B563FE6904913"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9AAB9040-DCA3-411A-9C0B-29398B77D49C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="CF9C753DA5864400AE7B563FE6904913"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="CF9C753DA5864400AE7B563FE69049135"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D0132E6B4C6B40D0A2D23F0CD9C1B55E"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3813E4FC-8090-4330-8052-535401D7D45C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="D0132E6B4C6B40D0A2D23F0CD9C1B55E"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="D0132E6B4C6B40D0A2D23F0CD9C1B55E5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="95E729667FC14407A37FF63826BBA7FD"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4A32D8C9-9D83-4B71-B32F-8AEC68B4930D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="95E729667FC14407A37FF63826BBA7FD"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="95E729667FC14407A37FF63826BBA7FD5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F10B5F7C592D4AB9833D49DC95EC0CD0"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{56003B95-1B3B-4E21-A599-5489D5BFA671}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="F10B5F7C592D4AB9833D49DC95EC0CD0"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="F10B5F7C592D4AB9833D49DC95EC0CD05"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F8CB5EF672C1420D9DCB1F76A7DA2717"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E3E2DBA1-4472-4890-BF58-D3D83968A62B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="F8CB5EF672C1420D9DCB1F76A7DA2717"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="F8CB5EF672C1420D9DCB1F76A7DA27175"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir local.</w:t>
+            <w:t>Inserir local</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3CB9659F603D417F8DB508F5EF91A9AD"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D602F44B-AFF9-44CA-AD0A-9B3D38AA6AC9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="3CB9659F603D417F8DB508F5EF91A9AD"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="3CB9659F603D417F8DB508F5EF91A9AD5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5EAD633181B54F6C857D2AF75E8189AE"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7B5B5AC6-45B9-43B4-AEEC-FF531F13D642}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001F7E40" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="001F7E40" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="5EAD633181B54F6C857D2AF75E8189AE"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="5EAD633181B54F6C857D2AF75E8189AE5"/>
           </w:pPr>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Inserir o texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5B4F66962B7841C6BEA5FAA74D400008"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2DB83F55-095A-4A1D-98EB-8E5D573B96AC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00671BDA" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00671BDA" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="5B4F66962B7841C6BEA5FAA74D400008"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="5B4F66962B7841C6BEA5FAA74D4000085"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="753D013CA00C480C804BEDA12645E2E1"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D70CBA2-3D9E-4F8A-B44B-6866065169C9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00891C26" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="00891C26" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="753D013CA00C480C804BEDA12645E2E1"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="753D013CA00C480C804BEDA12645E2E15"/>
           </w:pPr>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="69AA1A431EEB40B685BDC049D29EAF94"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3FDC1D29-DBF0-4077-B4BF-A463A6FFC582}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="69AA1A431EEB40B685BDC049D29EAF94"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="69AA1A431EEB40B685BDC049D29EAF945"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolha</w:t>
+            <w:t>Esc</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>olha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="02B308F204AB4C2DA126EBFD9671F62A"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4CFFAB8D-6144-46BB-AE35-03286EBE4665}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="02B308F204AB4C2DA126EBFD9671F62A"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="02B308F204AB4C2DA126EBFD9671F62A5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">Inserir </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A2701EE2B0634A7598F3FF13C153D1B2"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B8AD3067-E198-406B-AA39-0E8590A0D787}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="A2701EE2B0634A7598F3FF13C153D1B2"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="A2701EE2B0634A7598F3FF13C153D1B25"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D05EC9BB560A4DA9AC91EA5D765A287A"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F22566D2-B302-4273-AF01-5EE5D04D11F4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="D05EC9BB560A4DA9AC91EA5D765A287A"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="D05EC9BB560A4DA9AC91EA5D765A287A5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="562EDE7C0E7A49A083CB1F0EC6CD47C8"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F0A9E86C-22BD-454D-BA14-B0D8A215FAA5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="562EDE7C0E7A49A083CB1F0EC6CD47C8"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="562EDE7C0E7A49A083CB1F0EC6CD47C85"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolha</w:t>
+            <w:t>Esc</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>olha</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C872DA1621C04FFDA573F0668380470B"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EBFCE4BC-5AF1-4D7D-B279-9CE031168EB3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="C872DA1621C04FFDA573F0668380470B"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="C872DA1621C04FFDA573F0668380470B5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D85E38">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">inserir o texto </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D85E38">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1DA8EAA48AF745BAA4F2D314388972E7"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{75D71B80-A684-4705-A2A0-96A9BBA7B253}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="1DA8EAA48AF745BAA4F2D314388972E7"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="1DA8EAA48AF745BAA4F2D314388972E75"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DEDBB5175D3C4ED3B569975D6976F17F"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F61EF22C-8BF8-4281-8E42-340E2E892FA4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="DEDBB5175D3C4ED3B569975D6976F17F"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="DEDBB5175D3C4ED3B569975D6976F17F5"/>
           </w:pPr>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Inserir o texto</w:t>
           </w:r>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00096D51">
-[...5 lines deleted...]
-              <w:szCs w:val="12"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>só preencher se houver</w:t>
           </w:r>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7495C343F7194D0C9B78770766B27E71"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FCEBF261-E535-4740-83DD-D55D7B062378}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="7495C343F7194D0C9B78770766B27E71"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="7495C343F7194D0C9B78770766B27E715"/>
           </w:pPr>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Inserir o texto</w:t>
           </w:r>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00096D51">
-[...4 lines deleted...]
-              <w:szCs w:val="12"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>só preencher se houver</w:t>
           </w:r>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89D08C47DE154549A531FEE5E693147A"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D813E31-8B46-4121-AA7D-E61848605B32}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="89D08C47DE154549A531FEE5E693147A"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="89D08C47DE154549A531FEE5E693147A5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">Inserir o texto </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2487BD7CBD4E4DA180F1D51CFAA8E337"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3ABA6976-522E-41B4-A09B-1E5061550EE4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="2487BD7CBD4E4DA180F1D51CFAA8E337"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="2487BD7CBD4E4DA180F1D51CFAA8E3375"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inseri</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>r o texto</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A43D4838CF594A89901FDD74A955F35D"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0E0613CD-6FB3-4807-ADC5-BB4B675268B0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="A43D4838CF594A89901FDD74A955F35D"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="A43D4838CF594A89901FDD74A955F35D5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">Inserir o texto </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="56060F81FB954EF8B26CA2814A125CD8"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D3724196-9E01-4BA4-9A91-CB572F3E74FD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="56060F81FB954EF8B26CA2814A125CD8"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="56060F81FB954EF8B26CA2814A125CD85"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">Inserir o texto </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="620757ABA05F46FD8B5ED8F621CBA051"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{49B674CF-4A12-4ED6-88EE-CC127A2E87D1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="620757ABA05F46FD8B5ED8F621CBA051"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="620757ABA05F46FD8B5ED8F621CBA0515"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">Inserir o texto </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B91ACB655CF5468593819F96FCB50BD9"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D7680B50-94FB-4EFD-BCEA-4939D0E42AA8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="B91ACB655CF5468593819F96FCB50BD9"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="B91ACB655CF5468593819F96FCB50BD95"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">Inserir </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">o texto </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="18C1D43AC6164C2B9E964112C06B6ED2"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93CF101C-44D6-4A78-8D88-D2C9A70C2475}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="18C1D43AC6164C2B9E964112C06B6ED2"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="18C1D43AC6164C2B9E964112C06B6ED25"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-            </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00512C01">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>caixa alta</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0232767279924F0A9ED4CF61917E8273"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{103D8C0F-7FE9-414C-9D2A-556E09C0FD4B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="0232767279924F0A9ED4CF61917E8273"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="0232767279924F0A9ED4CF61917E82735"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C9418E5F4E4842839DBD76176A470AC4"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{49A98767-8511-42E1-A692-77FB5A31601B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="C9418E5F4E4842839DBD76176A470AC4"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="C9418E5F4E4842839DBD76176A470AC45"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="256C20E7A3FB4F1E88962D2784303EEE"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B02366D4-77E0-4970-8581-0566564E2016}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="256C20E7A3FB4F1E88962D2784303EEE"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="256C20E7A3FB4F1E88962D2784303EEE5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inseri</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>r o texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E51DB1364AD54948A8D29E9716BF9CE3"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{62D1F58E-FB31-460B-848F-6D42B2824AB7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="E51DB1364AD54948A8D29E9716BF9CE3"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="E51DB1364AD54948A8D29E9716BF9CE35"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t xml:space="preserve">Inserir </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C7D80275F1F24F7CA24EB99AAEB7231F"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BDB655F0-FC46-41CE-AEF0-5B8758EDA014}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="C7D80275F1F24F7CA24EB99AAEB7231F"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="C7D80275F1F24F7CA24EB99AAEB7231F5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5D8B46CFD02C4B3B92F4682784699E81"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D09B79F0-18D7-4085-A8AA-EFFE8F1DE3A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="5D8B46CFD02C4B3B92F4682784699E81"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="5D8B46CFD02C4B3B92F4682784699E815"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BCA5DEDAFD234AEF919C5AD1EE6632E1"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B5BCD7EA-062C-4BD3-AA13-BEC057A4664E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="BCA5DEDAFD234AEF919C5AD1EE6632E1"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="BCA5DEDAFD234AEF919C5AD1EE6632E15"/>
           </w:pPr>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>CPF</w:t>
           </w:r>
           <w:r w:rsidRPr="00E97FEB">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00096D51">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4F131E237A874C2E998E391FE4EA2A1C"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C2330B47-0763-40A1-B94C-9D3323C4C4B6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="4F131E237A874C2E998E391FE4EA2A1C"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="4F131E237A874C2E998E391FE4EA2A1C5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
+          <w:r w:rsidRPr="00D23224">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>CPF</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00096D51">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="259042B642D74311BA294605E0B28D91"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5FE0AFE9-0B6B-4619-8FEF-5EF4BC4A4390}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="259042B642D74311BA294605E0B28D91"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="259042B642D74311BA294605E0B28D915"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
+          <w:r w:rsidRPr="00D23224">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>CPF</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00D23224">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00096D51">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6AA0A3D855ED4C0AB4E8CEC90086A10C"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0879367C-E642-4FCB-BCF0-2E3E6A517335}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="6AA0A3D855ED4C0AB4E8CEC90086A10C"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="6AA0A3D855ED4C0AB4E8CEC90086A10C5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
+          <w:r w:rsidRPr="00CB2A79">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>CPF</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="009A6DF3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00096D51">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0E42A6478E634106928A2D7130261DB7"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6A11550F-9372-4FFD-B9CC-68142BC71155}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="0E42A6478E634106928A2D7130261DB7"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="0E42A6478E634106928A2D7130261DB75"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
+          <w:r w:rsidRPr="00DC6518">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>CPF</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00096D51">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2643FDE13C92429196714C6C881F6D42"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A4CBAD15-795D-47B5-9C48-0F990EE11D9E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="2643FDE13C92429196714C6C881F6D42"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="2643FDE13C92429196714C6C881F6D425"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
+          <w:r w:rsidRPr="00DC6518">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>CPF</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00096D51">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C59BB9CAE4384E439016828A01671991"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{23C81709-6999-4815-9675-AE62B143B5C4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="C59BB9CAE4384E439016828A01671991"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="C59BB9CAE4384E439016828A016719915"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir nota</w:t>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> nota</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5B9B375B608A4725A92B271B3CE20ED0"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{571DCC09-434C-458B-8AA8-D01B29B88704}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="5B9B375B608A4725A92B271B3CE20ED0"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="5B9B375B608A4725A92B271B3CE20ED05"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir nota</w:t>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> nota</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1B8E9CAAE6CE407AB427F66564661F58"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{21C4CC75-BF44-4112-B56F-377438BEBDD4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="1B8E9CAAE6CE407AB427F66564661F58"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="1B8E9CAAE6CE407AB427F66564661F585"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir nota</w:t>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> nota</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F2C9C84CB90F4E7F8650AB8CCA8FE13B"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5624FF19-BFA7-47D5-92F1-631167AA09AE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="F2C9C84CB90F4E7F8650AB8CCA8FE13B"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="F2C9C84CB90F4E7F8650AB8CCA8FE13B5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir nota</w:t>
+            <w:t xml:space="preserve">Inserir </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>nota</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="570D12C7C92047E4A71C1663D0A94367"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3EC13F6A-F60A-45A6-B39E-BC83314D304A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="570D12C7C92047E4A71C1663D0A94367"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="570D12C7C92047E4A71C1663D0A943675"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00CB2A79">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir nota</w:t>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> nota</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="50D5139B6E1B4EF4B508222E77A67D69"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A9F925D4-61F9-4877-9B02-BEF49B91A763}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="00281113" w:rsidP="00281113">
+        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
           <w:pPr>
-            <w:pStyle w:val="50D5139B6E1B4EF4B508222E77A67D69"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="50D5139B6E1B4EF4B508222E77A67D695"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...2 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir hora.</w:t>
+            <w:t>Inserir hora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="416C8942918B48BC8139B6B544088E3A"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F6662377-EFB0-4825-AF3E-FD317E81243A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007049AB" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+          <w:pPr>
+            <w:pStyle w:val="416C8942918B48BC8139B6B544088E3A5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00DC6518">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir o texto</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E97FEB">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
+    <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0078443D"/>
+    <w:rsid w:val="00011453"/>
     <w:rsid w:val="00037622"/>
+    <w:rsid w:val="000C4724"/>
     <w:rsid w:val="00107ED0"/>
     <w:rsid w:val="00127FBB"/>
+    <w:rsid w:val="00134056"/>
     <w:rsid w:val="001370CB"/>
+    <w:rsid w:val="00147EA2"/>
     <w:rsid w:val="001778F4"/>
     <w:rsid w:val="00196E14"/>
     <w:rsid w:val="001F7E40"/>
     <w:rsid w:val="0024135D"/>
     <w:rsid w:val="00242BA8"/>
     <w:rsid w:val="00276B0D"/>
     <w:rsid w:val="00281113"/>
     <w:rsid w:val="003110BD"/>
     <w:rsid w:val="00312B31"/>
     <w:rsid w:val="00335CDC"/>
     <w:rsid w:val="0035543C"/>
     <w:rsid w:val="00361AAA"/>
     <w:rsid w:val="003628E4"/>
     <w:rsid w:val="00365254"/>
     <w:rsid w:val="003E27B5"/>
     <w:rsid w:val="003F64B3"/>
     <w:rsid w:val="00402F4F"/>
     <w:rsid w:val="00437A01"/>
     <w:rsid w:val="00466616"/>
     <w:rsid w:val="004C7526"/>
     <w:rsid w:val="004E228A"/>
     <w:rsid w:val="005248A4"/>
     <w:rsid w:val="005433C4"/>
     <w:rsid w:val="00553A00"/>
     <w:rsid w:val="00555C24"/>
     <w:rsid w:val="005670E9"/>
     <w:rsid w:val="00567E72"/>
     <w:rsid w:val="0057059A"/>
     <w:rsid w:val="0058424D"/>
     <w:rsid w:val="005B221C"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:rsid w:val="00605869"/>
     <w:rsid w:val="00610A10"/>
     <w:rsid w:val="006466C3"/>
     <w:rsid w:val="0066522E"/>
     <w:rsid w:val="006711FF"/>
     <w:rsid w:val="00671BDA"/>
+    <w:rsid w:val="006A5740"/>
     <w:rsid w:val="006B430B"/>
+    <w:rsid w:val="006C54F5"/>
+    <w:rsid w:val="007049AB"/>
     <w:rsid w:val="00714138"/>
     <w:rsid w:val="007256FD"/>
     <w:rsid w:val="00726164"/>
     <w:rsid w:val="0078443D"/>
+    <w:rsid w:val="007C6D77"/>
     <w:rsid w:val="00843F74"/>
+    <w:rsid w:val="0084586F"/>
     <w:rsid w:val="00863281"/>
     <w:rsid w:val="00885516"/>
     <w:rsid w:val="00891C26"/>
     <w:rsid w:val="008948C8"/>
+    <w:rsid w:val="00894EFC"/>
     <w:rsid w:val="008C1138"/>
     <w:rsid w:val="00901EA2"/>
+    <w:rsid w:val="009051B7"/>
     <w:rsid w:val="00954B5E"/>
     <w:rsid w:val="00967662"/>
     <w:rsid w:val="009F0584"/>
     <w:rsid w:val="00A0263C"/>
     <w:rsid w:val="00A83268"/>
     <w:rsid w:val="00A85C99"/>
     <w:rsid w:val="00A87D10"/>
     <w:rsid w:val="00AA67B0"/>
+    <w:rsid w:val="00AE1087"/>
     <w:rsid w:val="00B52711"/>
     <w:rsid w:val="00B81FFC"/>
     <w:rsid w:val="00BC0935"/>
     <w:rsid w:val="00BC7F03"/>
     <w:rsid w:val="00C06913"/>
     <w:rsid w:val="00C33935"/>
     <w:rsid w:val="00C41EDF"/>
     <w:rsid w:val="00C82EED"/>
+    <w:rsid w:val="00CB28CA"/>
+    <w:rsid w:val="00CB5D28"/>
     <w:rsid w:val="00CF4188"/>
     <w:rsid w:val="00CF6777"/>
     <w:rsid w:val="00DD6A69"/>
+    <w:rsid w:val="00DF6FA8"/>
     <w:rsid w:val="00E505CF"/>
     <w:rsid w:val="00EF7DD8"/>
     <w:rsid w:val="00F12961"/>
     <w:rsid w:val="00F17879"/>
+    <w:rsid w:val="00F25C9F"/>
     <w:rsid w:val="00F30398"/>
     <w:rsid w:val="00F421F5"/>
+    <w:rsid w:val="00F82DCB"/>
     <w:rsid w:val="00F85594"/>
     <w:rsid w:val="00F9334A"/>
     <w:rsid w:val="00FB7D9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10720,2366 +11898,1231 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoEspaoReservado">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00281113"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41D7F18CF8B14C9884C7ED8A683A371E">
-[...1 lines deleted...]
-    <w:rsid w:val="00AA67B0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41D7F18CF8B14C9884C7ED8A683A371E5">
+    <w:name w:val="41D7F18CF8B14C9884C7ED8A683A371E5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0B2241AE83C4A6BBCA025671340B1E7">
-[...1 lines deleted...]
-    <w:rsid w:val="00AA67B0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0B2241AE83C4A6BBCA025671340B1E75">
+    <w:name w:val="A0B2241AE83C4A6BBCA025671340B1E75"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8AF4462234F4D53B1D9804613A533461">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8AF4462234F4D53B1D9804613A533465">
+    <w:name w:val="B8AF4462234F4D53B1D9804613A533465"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C872DA1621C04FFDA573F0668380470B2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C872DA1621C04FFDA573F0668380470B5">
+    <w:name w:val="C872DA1621C04FFDA573F0668380470B5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DA8EAA48AF745BAA4F2D314388972E72">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DA8EAA48AF745BAA4F2D314388972E75">
+    <w:name w:val="1DA8EAA48AF745BAA4F2D314388972E75"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0232767279924F0A9ED4CF61917E82732">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0232767279924F0A9ED4CF61917E82735">
+    <w:name w:val="0232767279924F0A9ED4CF61917E82735"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2C1859B0BBB4C34B9F33DBD37A446E92">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2C1859B0BBB4C34B9F33DBD37A446E95">
+    <w:name w:val="F2C1859B0BBB4C34B9F33DBD37A446E95"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEDBB5175D3C4ED3B569975D6976F17F2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEDBB5175D3C4ED3B569975D6976F17F5">
+    <w:name w:val="DEDBB5175D3C4ED3B569975D6976F17F5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18C1D43AC6164C2B9E964112C06B6ED22">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18C1D43AC6164C2B9E964112C06B6ED25">
+    <w:name w:val="18C1D43AC6164C2B9E964112C06B6ED25"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7495C343F7194D0C9B78770766B27E712">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7495C343F7194D0C9B78770766B27E715">
+    <w:name w:val="7495C343F7194D0C9B78770766B27E715"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89D08C47DE154549A531FEE5E693147A2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89D08C47DE154549A531FEE5E693147A5">
+    <w:name w:val="89D08C47DE154549A531FEE5E693147A5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="425C14A0FFF04B5F889397C2EC20B4452">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="425C14A0FFF04B5F889397C2EC20B4455">
+    <w:name w:val="425C14A0FFF04B5F889397C2EC20B4455"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F131E237A874C2E998E391FE4EA2A1C2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F131E237A874C2E998E391FE4EA2A1C5">
+    <w:name w:val="4F131E237A874C2E998E391FE4EA2A1C5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F24DC86FA2E5416B9C10A5B82FE2E3052">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F24DC86FA2E5416B9C10A5B82FE2E3055">
+    <w:name w:val="F24DC86FA2E5416B9C10A5B82FE2E3055"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE66EF6B1CC54E8BA5E55C338184798F2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE66EF6B1CC54E8BA5E55C338184798F5">
+    <w:name w:val="DE66EF6B1CC54E8BA5E55C338184798F5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9418E5F4E4842839DBD76176A470AC42">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9418E5F4E4842839DBD76176A470AC45">
+    <w:name w:val="C9418E5F4E4842839DBD76176A470AC45"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACABE56EEE3E4F3E87FE9C2E6CA578C12">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACABE56EEE3E4F3E87FE9C2E6CA578C15">
+    <w:name w:val="ACABE56EEE3E4F3E87FE9C2E6CA578C15"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2487BD7CBD4E4DA180F1D51CFAA8E3372">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2487BD7CBD4E4DA180F1D51CFAA8E3375">
+    <w:name w:val="2487BD7CBD4E4DA180F1D51CFAA8E3375"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42677009B6D34C109CAEBE2A2AD4D6932">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42677009B6D34C109CAEBE2A2AD4D6935">
+    <w:name w:val="42677009B6D34C109CAEBE2A2AD4D6935"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCA5DEDAFD234AEF919C5AD1EE6632E12">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCA5DEDAFD234AEF919C5AD1EE6632E15">
+    <w:name w:val="BCA5DEDAFD234AEF919C5AD1EE6632E15"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53BF1CD8E08B47F7965369E7E442ED3E2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53BF1CD8E08B47F7965369E7E442ED3E5">
+    <w:name w:val="53BF1CD8E08B47F7965369E7E442ED3E5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="188D3AF12DBD4ED5A7AC65FB679FDAA32">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="188D3AF12DBD4ED5A7AC65FB679FDAA35">
+    <w:name w:val="188D3AF12DBD4ED5A7AC65FB679FDAA35"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="256C20E7A3FB4F1E88962D2784303EEE2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="256C20E7A3FB4F1E88962D2784303EEE5">
+    <w:name w:val="256C20E7A3FB4F1E88962D2784303EEE5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB03D55FDF504C678E39CDC41FCB23B82">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB03D55FDF504C678E39CDC41FCB23B85">
+    <w:name w:val="FB03D55FDF504C678E39CDC41FCB23B85"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A43D4838CF594A89901FDD74A955F35D2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A43D4838CF594A89901FDD74A955F35D5">
+    <w:name w:val="A43D4838CF594A89901FDD74A955F35D5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34986603CFB54893AF275DCACA5AE8DA2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34986603CFB54893AF275DCACA5AE8DA5">
+    <w:name w:val="34986603CFB54893AF275DCACA5AE8DA5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="259042B642D74311BA294605E0B28D912">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="259042B642D74311BA294605E0B28D915">
+    <w:name w:val="259042B642D74311BA294605E0B28D915"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A8FBE8CFCEB477CA1164AAB55E58E952">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A8FBE8CFCEB477CA1164AAB55E58E955">
+    <w:name w:val="4A8FBE8CFCEB477CA1164AAB55E58E955"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0033EB4A3DF542818C67869BC9BC6E032">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0033EB4A3DF542818C67869BC9BC6E035">
+    <w:name w:val="0033EB4A3DF542818C67869BC9BC6E035"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E51DB1364AD54948A8D29E9716BF9CE32">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E51DB1364AD54948A8D29E9716BF9CE35">
+    <w:name w:val="E51DB1364AD54948A8D29E9716BF9CE35"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A94CCCCB4D954BF8BA3E03048391EA822">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A94CCCCB4D954BF8BA3E03048391EA825">
+    <w:name w:val="A94CCCCB4D954BF8BA3E03048391EA825"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="56060F81FB954EF8B26CA2814A125CD82">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="56060F81FB954EF8B26CA2814A125CD85">
+    <w:name w:val="56060F81FB954EF8B26CA2814A125CD85"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0B01BA4A7654DF187B0813C04A5E0C82">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0B01BA4A7654DF187B0813C04A5E0C85">
+    <w:name w:val="C0B01BA4A7654DF187B0813C04A5E0C85"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AA0A3D855ED4C0AB4E8CEC90086A10C2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AA0A3D855ED4C0AB4E8CEC90086A10C5">
+    <w:name w:val="6AA0A3D855ED4C0AB4E8CEC90086A10C5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF9C753DA5864400AE7B563FE69049132">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF9C753DA5864400AE7B563FE69049135">
+    <w:name w:val="CF9C753DA5864400AE7B563FE69049135"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0132E6B4C6B40D0A2D23F0CD9C1B55E2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0132E6B4C6B40D0A2D23F0CD9C1B55E5">
+    <w:name w:val="D0132E6B4C6B40D0A2D23F0CD9C1B55E5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7D80275F1F24F7CA24EB99AAEB7231F2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7D80275F1F24F7CA24EB99AAEB7231F5">
+    <w:name w:val="C7D80275F1F24F7CA24EB99AAEB7231F5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33C5E7A0911E487AAACE2F4515D4EEDC2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33C5E7A0911E487AAACE2F4515D4EEDC5">
+    <w:name w:val="33C5E7A0911E487AAACE2F4515D4EEDC5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="620757ABA05F46FD8B5ED8F621CBA0512">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="620757ABA05F46FD8B5ED8F621CBA0515">
+    <w:name w:val="620757ABA05F46FD8B5ED8F621CBA0515"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E77D8F9A69D44F2F92475F338B19FC2D2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E77D8F9A69D44F2F92475F338B19FC2D5">
+    <w:name w:val="E77D8F9A69D44F2F92475F338B19FC2D5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E42A6478E634106928A2D7130261DB72">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E42A6478E634106928A2D7130261DB75">
+    <w:name w:val="0E42A6478E634106928A2D7130261DB75"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F10B5F7C592D4AB9833D49DC95EC0CD02">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F10B5F7C592D4AB9833D49DC95EC0CD05">
+    <w:name w:val="F10B5F7C592D4AB9833D49DC95EC0CD05"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="95E729667FC14407A37FF63826BBA7FD2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="95E729667FC14407A37FF63826BBA7FD5">
+    <w:name w:val="95E729667FC14407A37FF63826BBA7FD5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D8B46CFD02C4B3B92F4682784699E812">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D8B46CFD02C4B3B92F4682784699E815">
+    <w:name w:val="5D8B46CFD02C4B3B92F4682784699E815"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075DAFAF053C4B5E9FDE7F3DD48D34132">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075DAFAF053C4B5E9FDE7F3DD48D34135">
+    <w:name w:val="075DAFAF053C4B5E9FDE7F3DD48D34135"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B91ACB655CF5468593819F96FCB50BD92">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B91ACB655CF5468593819F96FCB50BD95">
+    <w:name w:val="B91ACB655CF5468593819F96FCB50BD95"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="69AA1A431EEB40B685BDC049D29EAF942">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="69AA1A431EEB40B685BDC049D29EAF945">
+    <w:name w:val="69AA1A431EEB40B685BDC049D29EAF945"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2643FDE13C92429196714C6C881F6D422">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2643FDE13C92429196714C6C881F6D425">
+    <w:name w:val="2643FDE13C92429196714C6C881F6D425"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02B308F204AB4C2DA126EBFD9671F62A2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02B308F204AB4C2DA126EBFD9671F62A5">
+    <w:name w:val="02B308F204AB4C2DA126EBFD9671F62A5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2701EE2B0634A7598F3FF13C153D1B22">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2701EE2B0634A7598F3FF13C153D1B25">
+    <w:name w:val="A2701EE2B0634A7598F3FF13C153D1B25"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D05EC9BB560A4DA9AC91EA5D765A287A2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D05EC9BB560A4DA9AC91EA5D765A287A5">
+    <w:name w:val="D05EC9BB560A4DA9AC91EA5D765A287A5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="562EDE7C0E7A49A083CB1F0EC6CD47C82">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="562EDE7C0E7A49A083CB1F0EC6CD47C85">
+    <w:name w:val="562EDE7C0E7A49A083CB1F0EC6CD47C85"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="067DAED953684B36977D6BCC0CD20D962">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="067DAED953684B36977D6BCC0CD20D965">
+    <w:name w:val="067DAED953684B36977D6BCC0CD20D965"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D5139B6E1B4EF4B508222E77A67D692">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D5139B6E1B4EF4B508222E77A67D695">
+    <w:name w:val="50D5139B6E1B4EF4B508222E77A67D695"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8CB5EF672C1420D9DCB1F76A7DA27172">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8CB5EF672C1420D9DCB1F76A7DA27175">
+    <w:name w:val="F8CB5EF672C1420D9DCB1F76A7DA27175"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C59BB9CAE4384E439016828A016719912">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C59BB9CAE4384E439016828A016719915">
+    <w:name w:val="C59BB9CAE4384E439016828A016719915"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B9B375B608A4725A92B271B3CE20ED02">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B9B375B608A4725A92B271B3CE20ED05">
+    <w:name w:val="5B9B375B608A4725A92B271B3CE20ED05"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1B8E9CAAE6CE407AB427F66564661F582">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1B8E9CAAE6CE407AB427F66564661F585">
+    <w:name w:val="1B8E9CAAE6CE407AB427F66564661F585"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2C9C84CB90F4E7F8650AB8CCA8FE13B2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2C9C84CB90F4E7F8650AB8CCA8FE13B5">
+    <w:name w:val="F2C9C84CB90F4E7F8650AB8CCA8FE13B5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="570D12C7C92047E4A71C1663D0A943672">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="570D12C7C92047E4A71C1663D0A943675">
+    <w:name w:val="570D12C7C92047E4A71C1663D0A943675"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B4F66962B7841C6BEA5FAA74D4000082">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B4F66962B7841C6BEA5FAA74D4000085">
+    <w:name w:val="5B4F66962B7841C6BEA5FAA74D4000085"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CB9659F603D417F8DB508F5EF91A9AD2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CB9659F603D417F8DB508F5EF91A9AD5">
+    <w:name w:val="3CB9659F603D417F8DB508F5EF91A9AD5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EAD633181B54F6C857D2AF75E8189AE2">
-[...1 lines deleted...]
-    <w:rsid w:val="00276B0D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EAD633181B54F6C857D2AF75E8189AE5">
+    <w:name w:val="5EAD633181B54F6C857D2AF75E8189AE5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="753D013CA00C480C804BEDA12645E2E12">
-[...74 lines deleted...]
-    <w:rsid w:val="00281113"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="416C8942918B48BC8139B6B544088E3A5">
+    <w:name w:val="416C8942918B48BC8139B6B544088E3A5"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DA8EAA48AF745BAA4F2D314388972E7">
-[...1063 lines deleted...]
-    <w:rsid w:val="00281113"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="753D013CA00C480C804BEDA12645E2E15">
+    <w:name w:val="753D013CA00C480C804BEDA12645E2E15"/>
+    <w:rsid w:val="005F5A8E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -13354,69 +13397,69 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6ED864E-40D8-4738-98DA-4ED8D50D37FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2377</Characters>
+  <Pages>2</Pages>
+  <Words>448</Words>
+  <Characters>2421</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2812</CharactersWithSpaces>
+  <CharactersWithSpaces>2864</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SUPREMA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>