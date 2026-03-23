--- v1 (2026-03-02)
+++ v2 (2026-03-23)
@@ -1,306 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:tbl>
-[...94 lines deleted...]
-          <w:sdtPr>
+    <w:permStart w:id="1475941058" w:edGrp="everyone" w:displacedByCustomXml="next"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:id w:val="-1399044886"/>
+        <w:placeholder>
+          <w:docPart w:val="53FDF0168274449EA5DA80E064B5A0F6"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:dropDownList>
+          <w:listItem w:value="Escolher um item."/>
+          <w:listItem w:displayText="UNIDADE ACADÊMICA  I" w:value="UNIDADE ACADÊMICA  I"/>
+          <w:listItem w:displayText="UNIDADE ACADÊMICA  II" w:value="UNIDADE ACADÊMICA  II"/>
+          <w:listItem w:displayText="UNIDADE ACADÊMICA  III" w:value="UNIDADE ACADÊMICA  III"/>
+          <w:listItem w:displayText="UNIDADE ACADÊMICA  IV" w:value="UNIDADE ACADÊMICA  IV"/>
+          <w:listItem w:displayText="UNIDADE ACADÊMICA  V" w:value="UNIDADE ACADÊMICA  V"/>
+        </w:dropDownList>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="0A10D3E9" w14:textId="4207FE06" w:rsidR="00604F5C" w:rsidRDefault="00FD7242" w:rsidP="008B7A65">
+          <w:pPr>
+            <w:pStyle w:val="Standard"/>
+            <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-            </w:rPr>
-[...137 lines deleted...]
-    <w:p w14:paraId="5BC1637D" w14:textId="77777777" w:rsidR="00E45365" w:rsidRDefault="00E45365" w:rsidP="008B7A65">
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00D112E8">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolher</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> unidade </w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:permEnd w:id="1475941058" w:displacedByCustomXml="prev"/>
+    <w:p w14:paraId="2C7EA816" w14:textId="77777777" w:rsidR="00604F5C" w:rsidRPr="00B50800" w:rsidRDefault="00604F5C" w:rsidP="008B7A65">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:permStart w:id="177017306" w:edGrp="everyone" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:id w:val="60292110"/>
         <w:placeholder>
           <w:docPart w:val="A0B2241AE83C4A6BBCA025671340B1E7"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:dropDownList>
           <w:listItem w:value="Escolher um item."/>
           <w:listItem w:displayText="PROGRAMA DE PÓS-GRADUAÇÃO EM ENGENHARIA ELÉTRICA - PPGEE/JP" w:value="PROGRAMA DE PÓS-GRADUAÇÃO EM ENGENHARIA ELÉTRICA - PPGEE/JP"/>
           <w:listItem w:displayText="PROGRAMA DE PÓS-GRADUAÇÃO EM TECNOLOGIA DA INFORMAÇÃO - PPGTI/JP" w:value="PROGRAMA DE PÓS-GRADUAÇÃO EM TECNOLOGIA DA INFORMAÇÃO - PPGTI/JP"/>
           <w:listItem w:displayText="MESTRADO PROFISSIONAL EM EDUCAÇÃO PROFISSIONAL E TECNOLÓGICA - PROFEPT/JP" w:value="MESTRADO PROFISSIONAL E TECN EM EDUCAÇÃO PROFISSIONAL E TECNOLÓGICA - PROFEPT/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ADMINISTRAÇÃO - CCSBA/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ADMINISTRAÇÃO - CCSBA/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA CIVIL - CBEC/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA CIVIL - CBEC/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA ELÉTRICA - CCSBEE/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA ELÉTRICA - CCSBEE/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA MECÂNICA - CCSBEM/JP" w:value="CURSO SUPERIOR DE BACHARELADO EM ENGENHARIA MECÂNICA - CCSBEM/JP"/>
@@ -309,7714 +132,8575 @@
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM DESIGN DE INTERIORES - CCSTDI/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM DESIGN DE INTERIORES - CCSTDI/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM GESTÃO AMBIENTAL - CCSTGA/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM GESTÃO AMBIENTAL - CCSTGA/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM GEOPROCESSAMENTO - CCSTG/JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM GEOPROCESSAMENTO - CCSTG/JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM NEGÓCIOS IMOBILIÁRIOS - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM NEGÓCIOS IMOBILIÁRIOS - JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM REDES DE COMPUTADORES - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM REDES DE COMPUTADORES - JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS DE TELECOMUNICAÇÕES - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS DE TELECOMUNICAÇÕES - JP"/>
           <w:listItem w:displayText="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS PARA INTERNET - JP" w:value="CURSO SUPERIOR DE TECNOLOGIA EM SISTEMAS PARA INTERNET - JP"/>
           <w:listItem w:displayText="CURSO LICENCIATURA EM LETRAS - JP" w:value="CURSO LICENCIATURA EM LETRAS - JP"/>
           <w:listItem w:displayText="CURSO DE LICENCIATURA EM MATEMÁTICA - JP" w:value="CURSO DE LICENCIATURA EM MATEMÁTICA - JP"/>
           <w:listItem w:displayText="CURSO DE LICENCIATURA EM QUÍMICA - JP" w:value="CURSO DE LICENCIATURA EM QUÍMICA - JP"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE CONTABILIDADE" w:value="CURSO TÉCNICO DE CONTABILIDADE"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE CONTROLE AMBIENTAL" w:value="CURSO TÉCNICO DE CONTROLE AMBIENTAL"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE EDIFICAÇÕES" w:value="CURSO TÉCNICO DE EDIFICAÇÕES"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE ELETRÔNICA" w:value="CURSO TÉCNICO DE ELETRÔNICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE ELETROTÉCNICA" w:value="CURSO TÉCNICO DE ELETROTÉCNICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE EQUIPAMENTOS BIOMÉDICOS" w:value="CURSO TÉCNICO DE EQUIPAMENTOS BIOMÉDICOS"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE EVENTOS (PROEJA)" w:value="CURSO TÉCNICO DE EVENTOS (PROEJA)"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE INFORMÁTICA" w:value="CURSO TÉCNICO DE INFORMÁTICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE INSTRUMENTO MUSICAL" w:value="CURSO TÉCNICO DE INSTRUMENTO MUSICAL"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE MECÂNICA" w:value="CURSO TÉCNICO DE MECÂNICA"/>
           <w:listItem w:displayText="CURSO TÉCNICO DE SECRETARIADO" w:value="CURSO TÉCNICO DE SECRETARIADO"/>
         </w:dropDownList>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="6A79EA6E" w14:textId="4F6ABEF2" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00517279" w:rsidP="00F652A8">
+        <w:p w14:paraId="6A79EA6E" w14:textId="36FA093A" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00FD7242" w:rsidP="00F652A8">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00D112E8">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolher um item</w:t>
-[...6 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Escolher</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> curso </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:permEnd w:id="177017306" w:displacedByCustomXml="prev"/>
-    <w:p w14:paraId="277C66A1" w14:textId="77777777" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00135745" w:rsidP="008B7A65">
+    <w:p w14:paraId="277C66A1" w14:textId="77777777" w:rsidR="00135745" w:rsidRPr="00B50800" w:rsidRDefault="00135745" w:rsidP="008B7A65">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="997157526" w:edGrp="everyone"/>
-[...41 lines deleted...]
-      </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1968152658"/>
         <w:placeholder>
           <w:docPart w:val="B8AF4462234F4D53B1D9804613A53346"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:dropDownList>
           <w:listItem w:value="Escolher um item."/>
           <w:listItem w:displayText="DISSERTAÇÃO" w:value="DISSERTAÇÃO"/>
           <w:listItem w:displayText="QUALIFICAÇÃO" w:value="QUALIFICAÇÃO"/>
           <w:listItem w:displayText="ATA DE DEFESA DE RELATÓRIO DE ESTÁGIO" w:value="ATA DE DEFESA DE RELATÓRIO DE ESTÁGIO"/>
           <w:listItem w:displayText="ATA DE DEFESA DE  T C C" w:value="ATA DE DEFESA DE  T C C"/>
           <w:listItem w:displayText="ATA DE RECITAL DE CONCLUSÃO DE CURSO" w:value="ATA DE RECITAL DE CONCLUSÃO DE CURSO"/>
         </w:dropDownList>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:permStart w:id="1144223149" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
-        <w:p w14:paraId="2A41131E" w14:textId="2D23F7CD" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="008D3B91" w:rsidP="008B7A65">
+        <w:permStart w:id="1687298122" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
+        <w:p w14:paraId="2A41131E" w14:textId="54E6BF3C" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00FD7242" w:rsidP="008B7A65">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00D112E8">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolher um item</w:t>
-[...6 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Escolher</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> documento  </w:t>
           </w:r>
         </w:p>
-        <w:permEnd w:id="1144223149" w:displacedByCustomXml="next"/>
+        <w:permEnd w:id="1687298122" w:displacedByCustomXml="next"/>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="1D87406A" w14:textId="77777777" w:rsidR="00135745" w:rsidRPr="00E97FEB" w:rsidRDefault="00135745" w:rsidP="008B7A65">
+    <w:p w14:paraId="1D87406A" w14:textId="77777777" w:rsidR="00135745" w:rsidRPr="00B50800" w:rsidRDefault="00135745" w:rsidP="008B7A65">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11052" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1977"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="1278"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="62"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="145"/>
+        <w:gridCol w:w="989"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="2147"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E97FEB" w:rsidRPr="00E97FEB" w14:paraId="492602E9" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E1F12EE" w14:textId="437D2BA0" w:rsidR="00922823" w:rsidRPr="00193175" w:rsidRDefault="00922823" w:rsidP="00CE1175">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DADOS DO </w:t>
+            </w:r>
+            <w:r w:rsidR="00193175" w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DISCENTE</w:t>
+            </w:r>
+            <w:r w:rsidR="00193175">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00193175" w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00193175" w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>nome e título</w:t>
+            </w:r>
+            <w:r w:rsidR="00B553CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> da defesa</w:t>
+            </w:r>
+            <w:r w:rsidR="00193175" w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> em CAIXA ALTA</w:t>
+            </w:r>
+            <w:r w:rsidR="00193175" w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45144" w:rsidRPr="001274B1" w14:paraId="3E1ED63B" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A049F72" w14:textId="7364E653" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="007D105A" w:rsidP="001E712C">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discente</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F363868" w14:textId="680FA0DC" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="001E712C">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="961071381"/>
+                <w:placeholder>
+                  <w:docPart w:val="0A0FC063F530453E8730211E55A560D5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1474318056" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nome completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="1474318056"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45144" w:rsidRPr="001274B1" w14:paraId="2D6A7DF6" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54276CE6" w14:textId="77777777" w:rsidR="00A45144" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matrícula</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FA35464" w14:textId="34D7BCA6" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-1312170218"/>
+                <w:placeholder>
+                  <w:docPart w:val="DEC1B43B4C8847C495AFDBE3BE65703A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1705075827" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> matrícula</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1705075827"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E521C72" w14:textId="77777777" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B2ED03" w14:textId="18CB5D23" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="791322210"/>
+                <w:placeholder>
+                  <w:docPart w:val="3D9A28F28BA54F6C96ACC9EF7641ECDD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="235878376" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="235878376"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B81B898" w14:textId="00395C18" w:rsidR="00A45144" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71AA4D75" w14:textId="28A61DE9" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="446434715"/>
+                <w:placeholder>
+                  <w:docPart w:val="2B17F8FFA2714C41A890BB6FC0586CEC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="147730318" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> telefone</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="147730318"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45144" w:rsidRPr="001274B1" w14:paraId="20E4BB9F" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B212C96" w14:textId="5ABF79DA" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Título</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F7A4638" w14:textId="1DCA8EF1" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="1266732972"/>
+                <w:placeholder>
+                  <w:docPart w:val="3D7EC7B0FDA647F9BE2FE9092D95EAC1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="874788204" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> título da defesa</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="874788204"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45144" w:rsidRPr="001274B1" w14:paraId="34E621A3" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C63697C" w14:textId="77777777" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Linha de pesquisa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2545809C" w14:textId="6AA6F446" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1183554233"/>
+                <w:placeholder>
+                  <w:docPart w:val="70BE914358DE47D99E122B5F9797D152"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1565934938" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> Linha de Pesquisa</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1565934938"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2D0643" w14:textId="6FE0E7D0" w:rsidR="00A45144" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Produto </w:t>
+            </w:r>
+            <w:r w:rsidR="000A7B6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ducacional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41069746" w14:textId="1AD6E4CD" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-90161548"/>
+                <w:placeholder>
+                  <w:docPart w:val="FECFBE48C6414E27B292B32506D06F35"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="756180492" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> Produto Educacional</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="756180492"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45144" w:rsidRPr="001274B1" w14:paraId="13A31BB6" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75BAA043" w14:textId="2047BBB4" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="00A45144" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DADOS DA BANCA EXAMINADORA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA1236">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A45144">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>nome de todos em CAIXA ALTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA1236">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45144" w:rsidRPr="001274B1" w14:paraId="3F445460" w14:textId="77777777" w:rsidTr="000D1F8B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A437512" w14:textId="0BB2EC0D" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="007D105A" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="00A45144" w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rientador</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38EF3012" w14:textId="046F810D" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="-498194611"/>
+                <w:placeholder>
+                  <w:docPart w:val="4FBF395659DF40538C6EF36EDF29F008"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1138847385" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> nome completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="1138847385"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B13F808" w14:textId="22088253" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="002F0378" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  SIAPE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A5B24">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CPF</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581F2E69" w14:textId="2650C2A8" w:rsidR="00A45144" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00A45144">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="127"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="167384262"/>
+                <w:placeholder>
+                  <w:docPart w:val="2FD0222CF6014756BA9B6179C7DC303E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="231819599" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof. do IFPB</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="231819599"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A45144">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:permStart w:id="349518304" w:edGrp="everyone"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="836807673"/>
+                <w:placeholder>
+                  <w:docPart w:val="119691B934F245E083D680622922373B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Aposent. ou de fora</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="00303BA4">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="349518304"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C86728" w:rsidRPr="001274B1" w14:paraId="5CA9CE18" w14:textId="77777777" w:rsidTr="000D1F8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AA2E4CF" w14:textId="77777777" w:rsidR="00C86728" w:rsidRPr="001274B1" w:rsidRDefault="00C86728" w:rsidP="0082222A">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5630C5FE" w14:textId="55CC3905" w:rsidR="00C86728" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="0082222A">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-72588445"/>
+                <w:placeholder>
+                  <w:docPart w:val="AB0E0FA291F84CCF96AFF176044508AD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="963651771" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="963651771"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B614659" w14:textId="77777777" w:rsidR="00C86728" w:rsidRPr="001274B1" w:rsidRDefault="00C86728" w:rsidP="00C86728">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384C2810" w14:textId="6820EA16" w:rsidR="00C86728" w:rsidRPr="001274B1" w:rsidRDefault="00C86728" w:rsidP="00C86728">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="499235629"/>
+                <w:placeholder>
+                  <w:docPart w:val="00A60DA584354AD4B690B87BDA718A3C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1888384861" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="00B93565">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="00B93565">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>telefone</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1888384861"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C929DD" w:rsidRPr="001274B1" w14:paraId="1739FFC5" w14:textId="77777777" w:rsidTr="000D1F8B">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6818816D" w14:textId="5954D67A" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titulação </w:t>
+            </w:r>
+            <w:r w:rsidR="003520AB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instituição a qual o docente pertence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3068DF" w14:textId="54B97E22" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1904475479"/>
+                <w:placeholder>
+                  <w:docPart w:val="9A55C1E555A64D988AA9A7FA931C17D1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1781026590" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Inserir </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1781026590"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C929DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1469086704"/>
+                <w:placeholder>
+                  <w:docPart w:val="6975C91F1DD24580A7DF1C2C3D596532"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1785795363" w:edGrp="everyone"/>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> instituição atual</w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00FD7242" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1785795363"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D892F4F" w14:textId="5028F3A8" w:rsidR="00C929DD" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1F8B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sac</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>bro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14BDB7C3" w14:textId="46501F9B" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-759291900"/>
+                <w:placeholder>
+                  <w:docPart w:val="4DCD045FE2D04A56ADC1E3CF98D9543C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Externo" w:value="Externo"/>
+                  <w:listItem w:displayText="Interno" w:value="Interno"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="52717241" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="52717241"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC7E925" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3F7A0C" w14:textId="5C1E3223" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1911343133"/>
+                <w:placeholder>
+                  <w:docPart w:val="FF89A9504DFC497DBEAC6E29DABDE5EC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Presencial" w:value="Presencial"/>
+                  <w:listItem w:displayText="Virtual" w:value="Virtual"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1346792810" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:permEnd w:id="1346792810"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="08D9D9BA" w14:textId="77777777" w:rsidTr="000D1F8B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3906D7D1" w14:textId="78D8451F" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rientador</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569233A8" w14:textId="27927367" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="-692997113"/>
+                <w:placeholder>
+                  <w:docPart w:val="BE5C19C827B24CB2896A0FD18D87A707"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="445665679" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> nome completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="445665679"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D49FDA" w14:textId="5ADE6A2C" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0378" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  SIAPE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A5B24">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CPF</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150556A6" w14:textId="50BC93F8" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="127"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-869832248"/>
+                <w:placeholder>
+                  <w:docPart w:val="01925A2674CA46008AF6DB93B5B76612"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1015039428" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof. do IFPB</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1015039428"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00253751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:permStart w:id="961490033" w:edGrp="everyone"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-2013751289"/>
+                <w:placeholder>
+                  <w:docPart w:val="C68F22C82B144B6AB7EE4B249B5DA2A2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Aposent. ou de fora</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="00303BA4">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="961490033"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="4223A902" w14:textId="77777777" w:rsidTr="000D1F8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14703CB9" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30D64E1D" w14:textId="08713CE0" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1743680062"/>
+                <w:placeholder>
+                  <w:docPart w:val="AF18D98778274FA286EA19EEFF090768"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="131991178" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="131991178"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B2F3BBA" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E1B8E02" w14:textId="4C7F4563" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="299049766"/>
+                <w:placeholder>
+                  <w:docPart w:val="C9CE7011473F45E8984D63FEDCFF8B5A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="554182869" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="554182869"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C929DD" w:rsidRPr="001274B1" w14:paraId="2C1AA5F9" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74F58D51" w14:textId="1E1FA260" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titulação </w:t>
+            </w:r>
+            <w:r w:rsidR="003520AB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instituição a qual o docente pertence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737640ED" w14:textId="692F3414" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-135730292"/>
+                <w:placeholder>
+                  <w:docPart w:val="8C245A5613F64751941E551AD08EBB4C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1487295078" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1487295078"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C929DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-866832401"/>
+                <w:placeholder>
+                  <w:docPart w:val="E8C1AF2D8A5F451D8E267979B3FBE569"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="986386911" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir instituição atual</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="986386911"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AA5BBD6" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Membro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6323BE68" w14:textId="10484AE4" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1411345618"/>
+                <w:placeholder>
+                  <w:docPart w:val="6020E715A5014D39A7E829023A980BA4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Externo" w:value="Externo"/>
+                  <w:listItem w:displayText="Interno" w:value="Interno"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="262014015" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="262014015"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBCB4FB" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D4C886D" w14:textId="6120CA02" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="000661CD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1303656000"/>
+                <w:placeholder>
+                  <w:docPart w:val="F472CDE3D05D4110A54007A6F6DD74BA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Presencial" w:value="Presencial"/>
+                  <w:listItem w:displayText="Virtual" w:value="Virtual"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="2027362781" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="2027362781"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="00B6153C" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60EC78BA" w14:textId="1CDB3C8D" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Examinador</w:t>
+            </w:r>
+            <w:r w:rsidR="000A7B6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D7747E" w14:textId="56E56A33" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="-700782670"/>
+                <w:placeholder>
+                  <w:docPart w:val="71FD4A2BF3854021A7686E0ABF5A10FD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="356220736" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>nome</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="356220736"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EEE049" w14:textId="74D93862" w:rsidR="002F0378" w:rsidRDefault="002F0378" w:rsidP="002F0378">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  SIAPE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A5B24">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CPF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ACCDFE4" w14:textId="477C33E0" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="127"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="639241204"/>
+                <w:placeholder>
+                  <w:docPart w:val="81B05E7059164ADA966204610AA73B5A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1267034113" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof. do IFPB</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1267034113"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00253751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:permStart w:id="1659512789" w:edGrp="everyone"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-617300251"/>
+                <w:placeholder>
+                  <w:docPart w:val="0900935A7FCC4BC390E940F581E87C1C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Aposent. ou de fora</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="00303BA4">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="1659512789"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="6D1F39A6" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64594562" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FC7AF59" w14:textId="37ED5379" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1000853385"/>
+                <w:placeholder>
+                  <w:docPart w:val="ED4B19EC5C814ACFB14A2E21A32572DB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1015943416" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1015943416"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79D661D9" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7656704D" w14:textId="06CCAA04" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-1723894303"/>
+                <w:placeholder>
+                  <w:docPart w:val="CA170194C9E242C6881BA8689E3A36A4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="2145472663" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="2145472663"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C929DD" w:rsidRPr="001274B1" w14:paraId="2659B1A6" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0048D6D5" w14:textId="5F3398C9" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titulação </w:t>
+            </w:r>
+            <w:r w:rsidR="003520AB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instituição a qual o docente pertence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="349BEF35" w14:textId="4F242F64" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1502704800"/>
+                <w:placeholder>
+                  <w:docPart w:val="FB0F685141D442C3A4AA6149022BF3F3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1766684121" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1766684121"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C929DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="2029679450"/>
+                <w:placeholder>
+                  <w:docPart w:val="574620E881164F39BD2EBB6358C463AC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1020009288" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir instituição atual</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1020009288"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22F21F3C" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Membro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B8FADE" w14:textId="284819A8" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="701601792"/>
+                <w:placeholder>
+                  <w:docPart w:val="38F1B02E82C74035A7F04A2B7CDA7209"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Externo" w:value="Externo"/>
+                  <w:listItem w:displayText="Interno" w:value="Interno"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="308761165" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="308761165"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3499B1B7" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="647CE492" w14:textId="2E779710" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="000661CD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-978370119"/>
+                <w:placeholder>
+                  <w:docPart w:val="3AEA68F2ABED4BDE87541C33D20A7AFD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Presencial" w:value="Presencial"/>
+                  <w:listItem w:displayText="Virtual" w:value="Virtual"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1895243843" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1895243843"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="3CEBB0DA" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FD796A1" w14:textId="0828B603" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Examinador</w:t>
+            </w:r>
+            <w:r w:rsidR="000A7B6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBA5F26" w14:textId="4596B9E2" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="1230423206"/>
+                <w:placeholder>
+                  <w:docPart w:val="04A3509ECD9941BE8D6F294D77EDBE64"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="983764416" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nome completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">    </w:t>
+                </w:r>
+                <w:permEnd w:id="983764416"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E12BA5" w14:textId="0AB0F376" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0378" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  SIAPE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A5B24">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CPF</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D540FB7" w14:textId="046C2FCD" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="127"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1778514197"/>
+                <w:placeholder>
+                  <w:docPart w:val="2903DC8EB61E46E2B6A1049C6E8B3CDB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="238569440" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof. do IFPB</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="238569440"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00253751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:permStart w:id="676994724" w:edGrp="everyone"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="302283367"/>
+                <w:placeholder>
+                  <w:docPart w:val="7DC093EC2ABC446F9F1671A0C7A4F9C7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Aposent. ou de fora</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="00303BA4">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="676994724"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="593C1531" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="59CBF17C" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FFBFE35" w14:textId="2F36782A" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="342062971"/>
+                <w:placeholder>
+                  <w:docPart w:val="6B1835D2AF3741848029CCF2884A7BCB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="943030108" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="943030108"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0128E442" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1387BBCB" w14:textId="5ECF0C83" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="1234972886"/>
+                <w:placeholder>
+                  <w:docPart w:val="4C3D980A70BA4DDEA498147EBC570780"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="106315900" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="106315900"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C929DD" w:rsidRPr="001274B1" w14:paraId="15A72EC8" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7CE6E6BE" w14:textId="53E507EE" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titulação </w:t>
+            </w:r>
+            <w:r w:rsidR="003520AB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instituição a qual o docente pertence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289CF611" w14:textId="6E4EEC05" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-610817133"/>
+                <w:placeholder>
+                  <w:docPart w:val="B6F12D3D3FF04E4AB3340FA0E211B461"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="493428978" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="493428978"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C929DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="2085795411"/>
+                <w:placeholder>
+                  <w:docPart w:val="028175D55649485E93652DF154415A38"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="648838243" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir instituição atual</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="648838243"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3BE4E827" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Membro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0329B2BB" w14:textId="22798895" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1460540923"/>
+                <w:placeholder>
+                  <w:docPart w:val="DBBCAF2C56FD4FC2B6D6094352061D74"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Externo" w:value="Externo"/>
+                  <w:listItem w:displayText="Interno" w:value="Interno"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="704142229" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="704142229"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="457A8DD7" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71BA5DA3" w14:textId="1E02474D" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="000661CD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="162902451"/>
+                <w:placeholder>
+                  <w:docPart w:val="2C926E6EC1B8428090376FB097D807A7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Presencial" w:value="Presencial"/>
+                  <w:listItem w:displayText="Virtual" w:value="Virtual"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1758027564" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1758027564"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="41196128" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F289504" w14:textId="3C611EC5" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Examinador </w:t>
+            </w:r>
+            <w:r w:rsidR="000A7B6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02E9AC59" w14:textId="74F94305" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="-727539204"/>
+                <w:placeholder>
+                  <w:docPart w:val="17BCAF7379F340538D6447AD7644996F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="193822081" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nome completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="193822081"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="59858967" w14:textId="38BAF186" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0378" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  SIAPE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A5B24">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CPF</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72F521AA" w14:textId="0F533944" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="127"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-1725524452"/>
+                <w:placeholder>
+                  <w:docPart w:val="ADA75D1791694D42BEF5F61A40651A0B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="538729171" w:edGrp="everyone"/>
+                <w:r w:rsidR="00253751" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>do</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>IFPB</w:t>
+                </w:r>
+                <w:r w:rsidR="00253751" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="538729171"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00253751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:permStart w:id="421468411" w:edGrp="everyone"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="437950460"/>
+                <w:placeholder>
+                  <w:docPart w:val="84EE7D1397EB40A2B1BAAABC537FB3BC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00056C56" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Aposent. ou de fora</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00303BA4">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="421468411"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="0E4D536C" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FC2E030" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321F680E" w14:textId="38AE3C10" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="161445471"/>
+                <w:placeholder>
+                  <w:docPart w:val="15A6B91D2261483FAB76C03B69502FD0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1860579820" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1860579820"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permStart w:id="76154209" w:edGrp="everyone"/>
+            <w:permEnd w:id="76154209"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="664B57AF" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D86952" w14:textId="0E59E720" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="2069379384"/>
+                <w:placeholder>
+                  <w:docPart w:val="27D75D059204435BB815F81CA7D4C80F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1400457329" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1400457329"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="12EAC106" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C8BFE5C" w14:textId="06A61B43" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titulação </w:t>
+            </w:r>
+            <w:r w:rsidR="003520AB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instituição a qual o docente pertence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21AA1911" w14:textId="7C3D3582" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1201672715"/>
+                <w:placeholder>
+                  <w:docPart w:val="A797EF88BD9841938EC8897C5748F21A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1189880598" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1189880598"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C929DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:permStart w:id="2103523267" w:edGrp="everyone"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-1705480345"/>
+                <w:placeholder>
+                  <w:docPart w:val="456E857DBB6941D891A582C13B0C48C0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="2103523267"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6471A030" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Membro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60EEEF97" w14:textId="56E12291" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1587215368"/>
+                <w:placeholder>
+                  <w:docPart w:val="7CFE58E90FF449C0845DB2B769AB4923"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Externo" w:value="Externo"/>
+                  <w:listItem w:displayText="Interno" w:value="Interno"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="693904113" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="693904113"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F19A5B" w14:textId="77777777" w:rsidR="00253751" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496A6D2A" w14:textId="74720C5D" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="000661CD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-692452515"/>
+                <w:placeholder>
+                  <w:docPart w:val="73EEB7EFC83E41BFBB1CE5E1E7751F73"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Presencial" w:value="Presencial"/>
+                  <w:listItem w:displayText="Virtual" w:value="Virtual"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1685807179" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1685807179"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="5E161F8C" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42EFC3D4" w14:textId="31D9B605" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Examinador </w:t>
+            </w:r>
+            <w:r w:rsidR="000A7B6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03386CDE" w14:textId="2A764CDD" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="2086795427"/>
+                <w:placeholder>
+                  <w:docPart w:val="14AA4C621BFA485EAC1F14284EC98317"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1353858390" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nome completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="1353858390"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B533C0" w14:textId="5060D4D2" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0378" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  SIAPE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A5B24">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CPF</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108F21F3" w14:textId="7154FC29" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="127"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-187914838"/>
+                <w:placeholder>
+                  <w:docPart w:val="ECB9B8D8AC064D2DB772251E06D58D26"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1848706003" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof. do IFPB</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000A7B6A">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1848706003"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00253751">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:permStart w:id="1969491491" w:edGrp="everyone"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-714734701"/>
+                <w:placeholder>
+                  <w:docPart w:val="BB025087B97740419D5B74C87758E220"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00056C56" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Prof</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="007A5B24">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Aposent. ou de fora</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00303BA4">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:permEnd w:id="1969491491"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00883099" w:rsidRPr="001274B1" w14:paraId="4FD0376C" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="356E0F5B" w14:textId="77777777" w:rsidR="00883099" w:rsidRPr="001274B1" w:rsidRDefault="00883099" w:rsidP="00883099">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A4FE8A1" w14:textId="3956765D" w:rsidR="00883099" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00883099">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-91169516"/>
+                <w:placeholder>
+                  <w:docPart w:val="4190CC022E94483EB435418165953A10"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1362518748" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1362518748"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="647CBC9A" w14:textId="77777777" w:rsidR="00883099" w:rsidRPr="001274B1" w:rsidRDefault="00883099" w:rsidP="00883099">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A09710" w14:textId="38F8E70C" w:rsidR="00883099" w:rsidRPr="001274B1" w:rsidRDefault="00883099" w:rsidP="00883099">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="861712207"/>
+                <w:placeholder>
+                  <w:docPart w:val="716DB6A7EBFF4C3F9E73096C2E273B3C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="2091209032" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="2091209032"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C929DD" w:rsidRPr="001274B1" w14:paraId="3C90F15A" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="292F9B26" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk224210305"/>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Titulação e Instituição a qual o docente pertence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33217AE2" w14:textId="0679AA8C" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="883447629"/>
+                <w:placeholder>
+                  <w:docPart w:val="079A9E6FDE7943178C5865373374E5B6"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1953377021" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1953377021"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C929DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1918041707"/>
+                <w:placeholder>
+                  <w:docPart w:val="C21BE20184A04C8C91E6782D9BB8467C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1832338335" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir instituição atual</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1832338335"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="004206CA" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Membro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="662AE424" w14:textId="7C458C6C" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1973485864"/>
+                <w:placeholder>
+                  <w:docPart w:val="CD86F1FD02FC47A390CD2CD8D3D7AB53"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Externo" w:value="Externo"/>
+                  <w:listItem w:displayText="Interno" w:value="Interno"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="127216956" w:edGrp="everyone"/>
+                <w:r w:rsidR="00C929DD" w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00B93565">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="127216956"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B09027" w14:textId="77777777" w:rsidR="00C929DD" w:rsidRDefault="00C929DD" w:rsidP="00C929DD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48E2B6F0" w14:textId="5E93D691" w:rsidR="00C929DD" w:rsidRPr="001274B1" w:rsidRDefault="00C929DD" w:rsidP="000661CD">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-2059541769"/>
+                <w:placeholder>
+                  <w:docPart w:val="A38EA6E0EE954B7CB5A5BE2DD1EF4376"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Escolher um item."/>
+                  <w:listItem w:displayText="Presencial" w:value="Presencial"/>
+                  <w:listItem w:displayText="Virtual" w:value="Virtual"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="2023700516" w:edGrp="everyone"/>
+                <w:r w:rsidRPr="000661CD">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Escolha</w:t>
+                </w:r>
+                <w:r w:rsidR="00B93565">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="2023700516"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00253751" w:rsidRPr="00DA1236" w14:paraId="6E853031" w14:textId="77777777" w:rsidTr="002C21D4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B275218" w14:textId="5A955E2D" w:rsidR="00253751" w:rsidRPr="0088445D" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>INFORMAÇÕES SOBRE A DEFESA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="54962018" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2401" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10555A78" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="82"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Data e hora</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6073E273" w14:textId="3D94FB35" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="12039803"/>
+                <w:placeholder>
+                  <w:docPart w:val="78E201B130944EF2BF49721113B454CB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date w:fullDate="2026-03-19T00:00:00Z">
+                  <w:dateFormat w:val="dd/MM/yyyy HH:mm"/>
+                  <w:lid w:val="pt-BR"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="959913012" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> data/hora</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="959913012"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E964CB6" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:left="87"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58C33A08" w14:textId="4D9A8D64" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1810358789"/>
+                <w:placeholder>
+                  <w:docPart w:val="6B00AFC7441B4BF1B7808F8D5F9A48B8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="278475148" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Inserir </w:t>
+                </w:r>
+                <w:permEnd w:id="278475148"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="00DA1236" w14:paraId="1102C4F5" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AFE189B" w14:textId="661F1CBB" w:rsidR="00253751" w:rsidRPr="00DA1236" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA1236">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOTAS E AVALIAÇÃO (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA1236">
+              <w:rPr>
+                <w:rStyle w:val="TextodoEspaoReservado"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>só preencher se houver</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA1236">
+              <w:rPr>
+                <w:rStyle w:val="TextodoEspaoReservado"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="1F49CDFB" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3679" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="324AABE5" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:ind w:right="46"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>TEXTO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75B12F34" w14:textId="703DFFEC" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1020311653"/>
+                <w:placeholder>
+                  <w:docPart w:val="CD026BAF1825430FAF331FA913DBF22C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1104489586" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nota</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> .</w:t>
+                </w:r>
+                <w:permEnd w:id="1104489586"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="296CD4E1" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>APRESENTAÇÃO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2F804C" w14:textId="1359FEA9" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="648329661"/>
+                <w:placeholder>
+                  <w:docPart w:val="62DB96B345C74E03B78941C51D868DDE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="564359523" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nota</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> .</w:t>
+                </w:r>
+                <w:permEnd w:id="564359523"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C59C52A" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ARGUIÇÃO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEDC921" w14:textId="4305EA2C" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1193964074"/>
+                <w:placeholder>
+                  <w:docPart w:val="19560729EAFD4832AAC282383FBC2EE0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1621495093" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nota</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> .</w:t>
+                </w:r>
+                <w:permEnd w:id="1621495093"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="2F2C081D" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5442" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5DFC54" w14:textId="77777777" w:rsidR="00253751" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MÉDIA FINAL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6FEB99" w14:textId="0FC18516" w:rsidR="00645FA3" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-146677282"/>
+                <w:placeholder>
+                  <w:docPart w:val="464B68B467CB4811BB98EBAB67DB04F3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1099907334" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir média</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> .</w:t>
+                </w:r>
+                <w:permEnd w:id="1099907334"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A440E1A" w14:textId="77777777" w:rsidR="00253751" w:rsidRDefault="00645FA3" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001274B1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AVALIAÇÃO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79AE4F7B" w14:textId="2647BA06" w:rsidR="00645FA3" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="-1643801135"/>
+                <w:placeholder>
+                  <w:docPart w:val="5CD3943EA7334D6BA1F3DAFD0CD57752"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1256093205" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir avaliação</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00AA6488">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="1256093205"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="00DA1236" w14:paraId="2B5D3C51" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="123C38D7" w14:textId="57F7BEC3" w:rsidR="00253751" w:rsidRPr="0088445D" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RESUMO DO TRABALHO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk161826645"/>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="7BB091D7" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49707E78" w14:textId="5B02674C" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-291364031"/>
+                <w:placeholder>
+                  <w:docPart w:val="387B094C9D8D47D79DAB9F92BEF193CC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1892575555" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">inserir </w:t>
+                </w:r>
+                <w:permEnd w:id="1892575555"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="00DA1236" w14:paraId="670952A2" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="305C7BE2" w14:textId="0346E840" w:rsidR="00253751" w:rsidRPr="0088445D" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PALAVRAS CHAVES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="1642A310" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="149E417A" w14:textId="285E01F7" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="1052345698"/>
+                <w:placeholder>
+                  <w:docPart w:val="53A127F696D24B93B1A51A547C8B35F3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="173812441" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="173812441"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+      <w:tr w:rsidR="00253751" w:rsidRPr="00DA1236" w14:paraId="3383C7F0" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D8E9F59" w14:textId="77777777" w:rsidR="00253751" w:rsidRPr="0088445D" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088445D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OBSERVAÇÃO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="4514E441" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C982D77" w14:textId="1FBE6BC8" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:id w:val="-1344017261"/>
+                <w:placeholder>
+                  <w:docPart w:val="9A62F088F8BA4BB3AA23C851C46D8518"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1727074380" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>inserir</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1727074380"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="00DA1236" w14:paraId="6BEE8278" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64BAC398" w14:textId="74F9348C" w:rsidR="00253751" w:rsidRPr="00DA1236" w:rsidRDefault="00253751" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA1236">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COORDENADOR DO CURSO / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA1236">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>siape, e-mail e telefone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00253751" w:rsidRPr="001274B1" w14:paraId="61206287" w14:textId="77777777" w:rsidTr="007073D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38103725" w14:textId="488A4D06" w:rsidR="00253751" w:rsidRPr="001274B1" w:rsidRDefault="002F0D67" w:rsidP="00253751">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:caps/>
+                </w:rPr>
+                <w:id w:val="-1534027431"/>
+                <w:placeholder>
+                  <w:docPart w:val="611DC63E9354450FB9F5D5DC5E5C49B8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="208153666" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir nome completo</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="003A6268">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  </w:t>
+                </w:r>
+                <w:permEnd w:id="208153666"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="001830C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00154315">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="001830C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-543518588"/>
+                <w:placeholder>
+                  <w:docPart w:val="2726C8B9478F40DDBE369A6F62388AB7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="1485913697" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir SIAPE</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="1485913697"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00154315">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="001830C2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-183594051"/>
+                <w:placeholder>
+                  <w:docPart w:val="A794A4038F384BA88F44B5A1D18E99DE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="83760422" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir e-mail</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="83760422"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="001830C2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00154315">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="001830C2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-957713207"/>
+                <w:placeholder>
+                  <w:docPart w:val="8EFAFC21AEDD428BA8B7244AE64BB4C7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:permStart w:id="177493057" w:edGrp="everyone"/>
+                <w:r w:rsidR="00056C56" w:rsidRPr="00375EA3">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inserir telefone</w:t>
+                </w:r>
+                <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
+                  <w:rPr>
+                    <w:rStyle w:val="TextodoEspaoReservado"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:permEnd w:id="177493057"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1B29164A" w14:textId="77777777" w:rsidR="00F45DE7" w:rsidRPr="001274B1" w:rsidRDefault="00F45DE7" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...6153 lines deleted...]
-    <w:p w14:paraId="1B29164A" w14:textId="77777777" w:rsidR="00F45DE7" w:rsidRPr="00E97FEB" w:rsidRDefault="00F45DE7" w:rsidP="00115AFD">
+    <w:p w14:paraId="754C7C3B" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="001274B1" w:rsidRDefault="00920559" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="754C7C3B" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00920559" w:rsidP="00115AFD">
-[...12 lines deleted...]
-    <w:p w14:paraId="1246E164" w14:textId="27E9D3BE" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
+    <w:p w14:paraId="1246E164" w14:textId="6923109F" w:rsidR="00920559" w:rsidRPr="001274B1" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">João Pessoa, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-821895688"/>
           <w:placeholder>
             <w:docPart w:val="753D013CA00C480C804BEDA12645E2E1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:date w:fullDate="2023-08-31T00:00:00Z">
+          <w:date w:fullDate="2026-03-19T00:00:00Z">
             <w:dateFormat w:val="d' de 'MMMM' de 'yyyy"/>
             <w:lid w:val="pt-BR"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:permStart w:id="1080851185" w:edGrp="everyone"/>
-          <w:r w:rsidR="00773C0A" w:rsidRPr="00E97FEB">
+          <w:r w:rsidR="00056C56" w:rsidRPr="001274B1">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:hint="eastAsia"/>
-              <w:color w:val="auto"/>
             </w:rPr>
             <w:t>data.</w:t>
           </w:r>
           <w:permEnd w:id="1080851185"/>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444179D7" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00920559" w:rsidP="00115AFD">
+    <w:p w14:paraId="444179D7" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="001274B1" w:rsidRDefault="00920559" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EEC1602" w14:textId="08D99014" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00920559" w:rsidP="00115AFD">
+    <w:p w14:paraId="1EEC1602" w14:textId="08D99014" w:rsidR="00920559" w:rsidRPr="001274B1" w:rsidRDefault="00920559" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="052C97DF" w14:textId="77777777" w:rsidR="00F139FF" w:rsidRPr="00E97FEB" w:rsidRDefault="00F139FF" w:rsidP="00115AFD">
+    <w:p w14:paraId="052C97DF" w14:textId="77777777" w:rsidR="00F139FF" w:rsidRPr="001274B1" w:rsidRDefault="00F139FF" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62150997" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
+    <w:p w14:paraId="62150997" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="001274B1" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___________________________________             ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1DCEE7" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
+    <w:p w14:paraId="5C1DCEE7" w14:textId="77777777" w:rsidR="00920559" w:rsidRPr="001274B1" w:rsidRDefault="00BB1B08" w:rsidP="00115AFD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assinatura do Candidato</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E97FEB">
+      <w:r w:rsidRPr="001274B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assinatura do Orientador</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00920559" w:rsidRPr="00E97FEB" w:rsidSect="00D532D8">
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00920559" w:rsidRPr="001274B1" w:rsidSect="00E3327B">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="1134" w:bottom="568" w:left="1134" w:header="564" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="567" w:bottom="284" w:left="567" w:header="284" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="121AFAE7" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
+    <w:p w14:paraId="112882B9" w14:textId="77777777" w:rsidR="002F0D67" w:rsidRDefault="002F0D67">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28047786" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
+    <w:p w14:paraId="58920EA4" w14:textId="77777777" w:rsidR="002F0D67" w:rsidRDefault="002F0D67">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
+    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B353739" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
+    <w:p w14:paraId="5762A9DF" w14:textId="77777777" w:rsidR="002F0D67" w:rsidRDefault="002F0D67">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="110C3E03" w14:textId="77777777" w:rsidR="0043209A" w:rsidRDefault="0043209A">
+    <w:p w14:paraId="656C498D" w14:textId="77777777" w:rsidR="002F0D67" w:rsidRDefault="002F0D67">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4C81D3E0" w14:textId="139F2EB4" w:rsidR="00141DD0" w:rsidRPr="00192A25" w:rsidRDefault="00141DD0" w:rsidP="00192A25">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="4C81D3E0" w14:textId="2D32A9AB" w:rsidR="00141DD0" w:rsidRDefault="00141DD0" w:rsidP="00604F5C">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
-    </w:pPr>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="50A0B3D1" w14:textId="77777777" w:rsidR="00604F5C" w:rsidRPr="00192A25" w:rsidRDefault="00604F5C" w:rsidP="00604F5C">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="04340C3F" w14:textId="0BA3E1E3" w:rsidR="000413EE" w:rsidRDefault="000413EE" w:rsidP="00E3327B">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="291D6FFF" wp14:editId="695E5BC2">
+          <wp:extent cx="2647950" cy="752948"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:docPr id="20" name="Imagem 20"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 3"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2680708" cy="762263"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9bgQGbmZVYSIUwKEYFfnzgIMkORxzPsR2yBvyTzGC3VPfU+IOCzEyUs4F+FX19QDcm6cvxGWX/fTVK5LLyBDJg==" w:salt="fkBSQIigGc0lZEnS347CWQ=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LK0muDYAqCrVC5M2JUhbjxGKxwBMIO2QCiVVbU5npTjigD7leDw6l42bRCERKkETBlH1r9J6qtOF05+/O4Qs3g==" w:salt="4Rqs5qMi5hcTsq3xh8ZEZw=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00920559"/>
     <w:rsid w:val="00004635"/>
     <w:rsid w:val="00005ECF"/>
     <w:rsid w:val="00006417"/>
     <w:rsid w:val="000118AA"/>
     <w:rsid w:val="00013B12"/>
     <w:rsid w:val="000166EC"/>
     <w:rsid w:val="00030557"/>
     <w:rsid w:val="0003119D"/>
     <w:rsid w:val="00033E2C"/>
     <w:rsid w:val="00037DD6"/>
+    <w:rsid w:val="000413EE"/>
+    <w:rsid w:val="00042308"/>
     <w:rsid w:val="00044EA7"/>
     <w:rsid w:val="000452EB"/>
     <w:rsid w:val="00045634"/>
+    <w:rsid w:val="00045881"/>
     <w:rsid w:val="00052C3D"/>
     <w:rsid w:val="00054C83"/>
+    <w:rsid w:val="00056C56"/>
     <w:rsid w:val="00060C9E"/>
+    <w:rsid w:val="000661CD"/>
     <w:rsid w:val="00066C48"/>
     <w:rsid w:val="000849C4"/>
     <w:rsid w:val="00090A0A"/>
     <w:rsid w:val="00096D51"/>
+    <w:rsid w:val="000A26B9"/>
     <w:rsid w:val="000A3025"/>
     <w:rsid w:val="000A65BD"/>
+    <w:rsid w:val="000A72DD"/>
+    <w:rsid w:val="000A7B6A"/>
+    <w:rsid w:val="000B26D5"/>
     <w:rsid w:val="000B33B4"/>
     <w:rsid w:val="000B7DC3"/>
+    <w:rsid w:val="000C0276"/>
     <w:rsid w:val="000C113A"/>
     <w:rsid w:val="000C2816"/>
     <w:rsid w:val="000C47D0"/>
+    <w:rsid w:val="000D1F8B"/>
+    <w:rsid w:val="000D5A92"/>
     <w:rsid w:val="000F50C2"/>
     <w:rsid w:val="000F677A"/>
     <w:rsid w:val="00103766"/>
     <w:rsid w:val="00106BEA"/>
     <w:rsid w:val="001111F1"/>
     <w:rsid w:val="00112E86"/>
     <w:rsid w:val="0011461A"/>
     <w:rsid w:val="00115AFD"/>
+    <w:rsid w:val="00115E76"/>
     <w:rsid w:val="001202C1"/>
     <w:rsid w:val="00122D42"/>
     <w:rsid w:val="00126482"/>
+    <w:rsid w:val="001274B1"/>
     <w:rsid w:val="00130F2B"/>
     <w:rsid w:val="00135745"/>
     <w:rsid w:val="00140EEE"/>
+    <w:rsid w:val="00140FBD"/>
     <w:rsid w:val="00141DD0"/>
     <w:rsid w:val="00143AE9"/>
+    <w:rsid w:val="00146751"/>
+    <w:rsid w:val="00150FFA"/>
+    <w:rsid w:val="00154315"/>
     <w:rsid w:val="001578CD"/>
     <w:rsid w:val="00162A34"/>
+    <w:rsid w:val="0016459A"/>
     <w:rsid w:val="00165D00"/>
+    <w:rsid w:val="001830C2"/>
     <w:rsid w:val="001845EA"/>
     <w:rsid w:val="00187673"/>
     <w:rsid w:val="00190D16"/>
     <w:rsid w:val="00192A25"/>
+    <w:rsid w:val="00193175"/>
     <w:rsid w:val="001940B5"/>
     <w:rsid w:val="0019768D"/>
     <w:rsid w:val="001A6E7A"/>
     <w:rsid w:val="001A707C"/>
+    <w:rsid w:val="001A7895"/>
     <w:rsid w:val="001B2C19"/>
     <w:rsid w:val="001B5A75"/>
     <w:rsid w:val="001C2091"/>
+    <w:rsid w:val="001D3964"/>
     <w:rsid w:val="001D55D4"/>
     <w:rsid w:val="001D7B85"/>
+    <w:rsid w:val="001E04AF"/>
     <w:rsid w:val="001E25B6"/>
     <w:rsid w:val="001E3BD7"/>
+    <w:rsid w:val="001E712C"/>
     <w:rsid w:val="001F1254"/>
     <w:rsid w:val="001F12C8"/>
     <w:rsid w:val="001F2066"/>
     <w:rsid w:val="001F5372"/>
     <w:rsid w:val="00200ABF"/>
     <w:rsid w:val="00206C9D"/>
     <w:rsid w:val="00221A4E"/>
     <w:rsid w:val="002254D5"/>
     <w:rsid w:val="00230E2B"/>
     <w:rsid w:val="002341CC"/>
     <w:rsid w:val="00237A2B"/>
+    <w:rsid w:val="00250796"/>
     <w:rsid w:val="00251B08"/>
     <w:rsid w:val="00252540"/>
+    <w:rsid w:val="00253751"/>
     <w:rsid w:val="00254746"/>
     <w:rsid w:val="00255EEA"/>
     <w:rsid w:val="002563E7"/>
+    <w:rsid w:val="00260608"/>
     <w:rsid w:val="00261909"/>
     <w:rsid w:val="00267EEC"/>
     <w:rsid w:val="00292989"/>
     <w:rsid w:val="00293699"/>
     <w:rsid w:val="002945C6"/>
     <w:rsid w:val="00294D12"/>
     <w:rsid w:val="00295C12"/>
+    <w:rsid w:val="002967A6"/>
     <w:rsid w:val="002A0A03"/>
+    <w:rsid w:val="002A1E5B"/>
+    <w:rsid w:val="002B0567"/>
     <w:rsid w:val="002B083F"/>
     <w:rsid w:val="002B2900"/>
     <w:rsid w:val="002B435E"/>
     <w:rsid w:val="002B5442"/>
+    <w:rsid w:val="002C21D4"/>
     <w:rsid w:val="002C3EAF"/>
+    <w:rsid w:val="002C4686"/>
     <w:rsid w:val="002C56EC"/>
+    <w:rsid w:val="002C6A8A"/>
+    <w:rsid w:val="002C7CD8"/>
     <w:rsid w:val="002D244E"/>
     <w:rsid w:val="002D30C3"/>
     <w:rsid w:val="002E284B"/>
     <w:rsid w:val="002E4153"/>
     <w:rsid w:val="002E664D"/>
+    <w:rsid w:val="002F0378"/>
     <w:rsid w:val="002F0B9A"/>
+    <w:rsid w:val="002F0D67"/>
     <w:rsid w:val="002F1AF2"/>
     <w:rsid w:val="002F7336"/>
     <w:rsid w:val="002F7F63"/>
     <w:rsid w:val="003001E7"/>
+    <w:rsid w:val="00302237"/>
+    <w:rsid w:val="00303BA4"/>
     <w:rsid w:val="00303C79"/>
     <w:rsid w:val="003040C3"/>
+    <w:rsid w:val="003054F9"/>
+    <w:rsid w:val="00306A31"/>
+    <w:rsid w:val="00316CBB"/>
     <w:rsid w:val="00322746"/>
     <w:rsid w:val="00325121"/>
     <w:rsid w:val="00332961"/>
     <w:rsid w:val="00333505"/>
     <w:rsid w:val="00335054"/>
     <w:rsid w:val="0033528C"/>
+    <w:rsid w:val="00336AF2"/>
     <w:rsid w:val="0034477B"/>
+    <w:rsid w:val="003475CD"/>
+    <w:rsid w:val="003520AB"/>
     <w:rsid w:val="00370E1E"/>
+    <w:rsid w:val="00371392"/>
+    <w:rsid w:val="00372DDB"/>
+    <w:rsid w:val="00375EA3"/>
     <w:rsid w:val="00377F7F"/>
     <w:rsid w:val="00382286"/>
+    <w:rsid w:val="00384292"/>
+    <w:rsid w:val="00387169"/>
     <w:rsid w:val="0039020C"/>
+    <w:rsid w:val="00393E58"/>
     <w:rsid w:val="00397981"/>
+    <w:rsid w:val="003A16C7"/>
     <w:rsid w:val="003A6255"/>
+    <w:rsid w:val="003A6268"/>
+    <w:rsid w:val="003B2CB8"/>
+    <w:rsid w:val="003B5463"/>
     <w:rsid w:val="003B5F8F"/>
     <w:rsid w:val="003C72A5"/>
     <w:rsid w:val="003D10DF"/>
     <w:rsid w:val="003D6CD5"/>
+    <w:rsid w:val="003E1068"/>
     <w:rsid w:val="003E4679"/>
     <w:rsid w:val="003E71CE"/>
+    <w:rsid w:val="003F08C5"/>
     <w:rsid w:val="003F33AC"/>
     <w:rsid w:val="003F684C"/>
     <w:rsid w:val="003F7637"/>
     <w:rsid w:val="003F7D94"/>
     <w:rsid w:val="00403989"/>
     <w:rsid w:val="0040423D"/>
     <w:rsid w:val="00406DDD"/>
+    <w:rsid w:val="00412103"/>
+    <w:rsid w:val="004121A4"/>
+    <w:rsid w:val="0041355C"/>
     <w:rsid w:val="00417797"/>
     <w:rsid w:val="004231A6"/>
     <w:rsid w:val="00423A07"/>
-    <w:rsid w:val="0043209A"/>
+    <w:rsid w:val="00431138"/>
     <w:rsid w:val="004320EF"/>
+    <w:rsid w:val="00432AC4"/>
     <w:rsid w:val="00443C68"/>
     <w:rsid w:val="00447216"/>
     <w:rsid w:val="004512E5"/>
     <w:rsid w:val="0045377B"/>
     <w:rsid w:val="00453D91"/>
     <w:rsid w:val="004545AD"/>
     <w:rsid w:val="00456886"/>
     <w:rsid w:val="0046282B"/>
+    <w:rsid w:val="0046403F"/>
+    <w:rsid w:val="00472C61"/>
     <w:rsid w:val="0047343F"/>
     <w:rsid w:val="00476D36"/>
     <w:rsid w:val="00477454"/>
     <w:rsid w:val="004813B1"/>
     <w:rsid w:val="00481718"/>
     <w:rsid w:val="00482C78"/>
     <w:rsid w:val="004840B8"/>
     <w:rsid w:val="00485E85"/>
+    <w:rsid w:val="004868F1"/>
     <w:rsid w:val="004879B0"/>
     <w:rsid w:val="004941B6"/>
     <w:rsid w:val="00494F10"/>
     <w:rsid w:val="004971CA"/>
     <w:rsid w:val="004A0D51"/>
     <w:rsid w:val="004A20B7"/>
     <w:rsid w:val="004B1703"/>
     <w:rsid w:val="004B3094"/>
     <w:rsid w:val="004B48D9"/>
     <w:rsid w:val="004B6049"/>
     <w:rsid w:val="004C59EB"/>
     <w:rsid w:val="004C5E7F"/>
     <w:rsid w:val="004D1960"/>
     <w:rsid w:val="004D4FF1"/>
     <w:rsid w:val="004D5659"/>
     <w:rsid w:val="004F20D9"/>
     <w:rsid w:val="00503121"/>
     <w:rsid w:val="00507061"/>
     <w:rsid w:val="00512C01"/>
     <w:rsid w:val="005139F3"/>
     <w:rsid w:val="00517279"/>
     <w:rsid w:val="00525656"/>
     <w:rsid w:val="0052707D"/>
     <w:rsid w:val="005276CF"/>
     <w:rsid w:val="0053166E"/>
     <w:rsid w:val="00536902"/>
+    <w:rsid w:val="00540D17"/>
+    <w:rsid w:val="00543231"/>
     <w:rsid w:val="005433C4"/>
     <w:rsid w:val="0054508F"/>
     <w:rsid w:val="00546AB4"/>
     <w:rsid w:val="0054720D"/>
     <w:rsid w:val="00552C63"/>
+    <w:rsid w:val="00560F14"/>
     <w:rsid w:val="00564B44"/>
     <w:rsid w:val="00567433"/>
     <w:rsid w:val="00567797"/>
     <w:rsid w:val="00575383"/>
     <w:rsid w:val="005819A5"/>
     <w:rsid w:val="00582643"/>
     <w:rsid w:val="005844A3"/>
     <w:rsid w:val="0058533C"/>
     <w:rsid w:val="00592731"/>
     <w:rsid w:val="0059757D"/>
     <w:rsid w:val="005A03CE"/>
     <w:rsid w:val="005A2E58"/>
+    <w:rsid w:val="005A4534"/>
     <w:rsid w:val="005A76A8"/>
     <w:rsid w:val="005B4BB6"/>
     <w:rsid w:val="005B71FD"/>
     <w:rsid w:val="005C3114"/>
     <w:rsid w:val="005C4A44"/>
     <w:rsid w:val="005C7CCE"/>
     <w:rsid w:val="005D2345"/>
     <w:rsid w:val="005D468A"/>
     <w:rsid w:val="005E0772"/>
     <w:rsid w:val="005E1311"/>
     <w:rsid w:val="005E1C35"/>
+    <w:rsid w:val="005E341F"/>
     <w:rsid w:val="005E4101"/>
     <w:rsid w:val="005E7B1F"/>
+    <w:rsid w:val="005F38CF"/>
+    <w:rsid w:val="0060115E"/>
+    <w:rsid w:val="00604F5C"/>
     <w:rsid w:val="006072E8"/>
     <w:rsid w:val="00607B85"/>
     <w:rsid w:val="0061030A"/>
     <w:rsid w:val="00610B82"/>
     <w:rsid w:val="00621D32"/>
     <w:rsid w:val="006336A2"/>
     <w:rsid w:val="00640F4D"/>
     <w:rsid w:val="00641FE8"/>
     <w:rsid w:val="00644B93"/>
+    <w:rsid w:val="00645FA3"/>
     <w:rsid w:val="006466C3"/>
     <w:rsid w:val="00646E63"/>
     <w:rsid w:val="00654283"/>
     <w:rsid w:val="0066120C"/>
     <w:rsid w:val="0066189B"/>
+    <w:rsid w:val="00665425"/>
     <w:rsid w:val="00670122"/>
     <w:rsid w:val="00670758"/>
     <w:rsid w:val="00676D03"/>
     <w:rsid w:val="00684D9A"/>
     <w:rsid w:val="0068655F"/>
+    <w:rsid w:val="0069353C"/>
     <w:rsid w:val="00693604"/>
     <w:rsid w:val="00694938"/>
     <w:rsid w:val="00695180"/>
+    <w:rsid w:val="006959B4"/>
     <w:rsid w:val="006A0D98"/>
+    <w:rsid w:val="006A1221"/>
     <w:rsid w:val="006A1827"/>
     <w:rsid w:val="006B511E"/>
     <w:rsid w:val="006B5428"/>
+    <w:rsid w:val="006B5A0B"/>
     <w:rsid w:val="006B774A"/>
     <w:rsid w:val="006C0E85"/>
-    <w:rsid w:val="006C54F5"/>
+    <w:rsid w:val="006C2B61"/>
+    <w:rsid w:val="006C716A"/>
     <w:rsid w:val="006C72B9"/>
     <w:rsid w:val="006D0550"/>
+    <w:rsid w:val="006D0BEA"/>
     <w:rsid w:val="006E2086"/>
     <w:rsid w:val="006E6C65"/>
     <w:rsid w:val="006F446F"/>
+    <w:rsid w:val="007043DD"/>
     <w:rsid w:val="00705C59"/>
+    <w:rsid w:val="007073D0"/>
     <w:rsid w:val="00710590"/>
     <w:rsid w:val="00711558"/>
     <w:rsid w:val="00716E11"/>
     <w:rsid w:val="00721841"/>
+    <w:rsid w:val="007235F4"/>
     <w:rsid w:val="0073533E"/>
     <w:rsid w:val="00740A9A"/>
+    <w:rsid w:val="00746253"/>
     <w:rsid w:val="00746E7F"/>
     <w:rsid w:val="00746F71"/>
     <w:rsid w:val="00750DFA"/>
     <w:rsid w:val="007556AC"/>
     <w:rsid w:val="007606C1"/>
     <w:rsid w:val="00761ED0"/>
     <w:rsid w:val="00764CB1"/>
     <w:rsid w:val="00773C0A"/>
     <w:rsid w:val="007740D0"/>
     <w:rsid w:val="007837DF"/>
     <w:rsid w:val="00794828"/>
     <w:rsid w:val="007A3E67"/>
+    <w:rsid w:val="007A5B24"/>
     <w:rsid w:val="007A7A52"/>
     <w:rsid w:val="007B0480"/>
     <w:rsid w:val="007B5567"/>
     <w:rsid w:val="007C409E"/>
     <w:rsid w:val="007C5C4B"/>
+    <w:rsid w:val="007D105A"/>
     <w:rsid w:val="007D50F8"/>
+    <w:rsid w:val="007E011B"/>
     <w:rsid w:val="007F0C81"/>
     <w:rsid w:val="007F3A25"/>
     <w:rsid w:val="007F4C2F"/>
     <w:rsid w:val="008007C7"/>
+    <w:rsid w:val="00800F4F"/>
     <w:rsid w:val="00801CB1"/>
+    <w:rsid w:val="008060C4"/>
+    <w:rsid w:val="00807125"/>
     <w:rsid w:val="00810929"/>
     <w:rsid w:val="00810B40"/>
     <w:rsid w:val="0081455B"/>
+    <w:rsid w:val="00817B7D"/>
+    <w:rsid w:val="0082222A"/>
     <w:rsid w:val="008223B1"/>
     <w:rsid w:val="0082538A"/>
     <w:rsid w:val="00825547"/>
     <w:rsid w:val="00827AA7"/>
-    <w:rsid w:val="0083151F"/>
+    <w:rsid w:val="0084169D"/>
     <w:rsid w:val="00846B40"/>
     <w:rsid w:val="00862DBB"/>
     <w:rsid w:val="00863515"/>
+    <w:rsid w:val="00863691"/>
+    <w:rsid w:val="00866997"/>
     <w:rsid w:val="00867F8F"/>
     <w:rsid w:val="00872E67"/>
     <w:rsid w:val="00874811"/>
     <w:rsid w:val="00881BFC"/>
+    <w:rsid w:val="00883099"/>
+    <w:rsid w:val="0088445D"/>
     <w:rsid w:val="008A3141"/>
+    <w:rsid w:val="008A3918"/>
     <w:rsid w:val="008B271F"/>
     <w:rsid w:val="008B63E8"/>
     <w:rsid w:val="008B742B"/>
     <w:rsid w:val="008B7A65"/>
     <w:rsid w:val="008C0000"/>
     <w:rsid w:val="008C364C"/>
     <w:rsid w:val="008D0EA5"/>
     <w:rsid w:val="008D3B91"/>
     <w:rsid w:val="008D76B5"/>
     <w:rsid w:val="008E18E8"/>
+    <w:rsid w:val="008E44DA"/>
+    <w:rsid w:val="008E7D10"/>
+    <w:rsid w:val="008F73CB"/>
     <w:rsid w:val="00902583"/>
     <w:rsid w:val="009026E0"/>
     <w:rsid w:val="0091116D"/>
     <w:rsid w:val="00920559"/>
     <w:rsid w:val="00920FBB"/>
     <w:rsid w:val="00922823"/>
     <w:rsid w:val="00924942"/>
+    <w:rsid w:val="00924F58"/>
     <w:rsid w:val="0093769B"/>
     <w:rsid w:val="00942CA5"/>
     <w:rsid w:val="0095160D"/>
     <w:rsid w:val="0095161A"/>
     <w:rsid w:val="00951665"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="009557CB"/>
     <w:rsid w:val="00955B3B"/>
     <w:rsid w:val="00960B2F"/>
     <w:rsid w:val="00962A67"/>
     <w:rsid w:val="0097164F"/>
     <w:rsid w:val="009716BA"/>
+    <w:rsid w:val="00973732"/>
+    <w:rsid w:val="00977DB4"/>
     <w:rsid w:val="00986564"/>
     <w:rsid w:val="00986B50"/>
     <w:rsid w:val="00991856"/>
     <w:rsid w:val="00992850"/>
     <w:rsid w:val="00994E35"/>
     <w:rsid w:val="009957D7"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A06BB"/>
     <w:rsid w:val="009A076F"/>
     <w:rsid w:val="009A1803"/>
     <w:rsid w:val="009A18A6"/>
     <w:rsid w:val="009A6B5E"/>
     <w:rsid w:val="009A6DF3"/>
     <w:rsid w:val="009A6FED"/>
     <w:rsid w:val="009B5A7B"/>
     <w:rsid w:val="009C1A5B"/>
     <w:rsid w:val="009D1977"/>
     <w:rsid w:val="009D4120"/>
+    <w:rsid w:val="009E6B81"/>
     <w:rsid w:val="009F7A25"/>
     <w:rsid w:val="00A02582"/>
     <w:rsid w:val="00A02BE9"/>
     <w:rsid w:val="00A05B97"/>
     <w:rsid w:val="00A07719"/>
     <w:rsid w:val="00A17051"/>
+    <w:rsid w:val="00A227B7"/>
+    <w:rsid w:val="00A22DA2"/>
     <w:rsid w:val="00A25855"/>
     <w:rsid w:val="00A3068B"/>
     <w:rsid w:val="00A32A97"/>
+    <w:rsid w:val="00A330D4"/>
     <w:rsid w:val="00A336EC"/>
     <w:rsid w:val="00A35F84"/>
     <w:rsid w:val="00A370F5"/>
     <w:rsid w:val="00A42055"/>
+    <w:rsid w:val="00A45144"/>
     <w:rsid w:val="00A5500D"/>
+    <w:rsid w:val="00A55F78"/>
     <w:rsid w:val="00A56F29"/>
     <w:rsid w:val="00A669A3"/>
+    <w:rsid w:val="00A66C45"/>
     <w:rsid w:val="00A7201D"/>
+    <w:rsid w:val="00A73EFD"/>
     <w:rsid w:val="00A81E0F"/>
     <w:rsid w:val="00A835A5"/>
     <w:rsid w:val="00A87142"/>
     <w:rsid w:val="00A91150"/>
     <w:rsid w:val="00A912B2"/>
     <w:rsid w:val="00A96BAB"/>
     <w:rsid w:val="00AA156C"/>
+    <w:rsid w:val="00AA1C1D"/>
     <w:rsid w:val="00AA1E63"/>
     <w:rsid w:val="00AA4071"/>
     <w:rsid w:val="00AA599D"/>
+    <w:rsid w:val="00AA6488"/>
+    <w:rsid w:val="00AA7224"/>
     <w:rsid w:val="00AB27A8"/>
+    <w:rsid w:val="00AB4E6C"/>
     <w:rsid w:val="00AC4F84"/>
+    <w:rsid w:val="00AD3EE6"/>
     <w:rsid w:val="00AE1CE0"/>
     <w:rsid w:val="00AE2688"/>
     <w:rsid w:val="00AE5A42"/>
     <w:rsid w:val="00AF0AD8"/>
     <w:rsid w:val="00AF2AB4"/>
     <w:rsid w:val="00AF491D"/>
+    <w:rsid w:val="00AF6DF6"/>
     <w:rsid w:val="00B02A0E"/>
+    <w:rsid w:val="00B11B38"/>
     <w:rsid w:val="00B1520C"/>
     <w:rsid w:val="00B17A6C"/>
     <w:rsid w:val="00B216B7"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B241DD"/>
     <w:rsid w:val="00B25D44"/>
     <w:rsid w:val="00B31875"/>
     <w:rsid w:val="00B3359E"/>
+    <w:rsid w:val="00B37986"/>
     <w:rsid w:val="00B41B6F"/>
     <w:rsid w:val="00B45A3C"/>
+    <w:rsid w:val="00B50800"/>
     <w:rsid w:val="00B50D83"/>
     <w:rsid w:val="00B51A57"/>
+    <w:rsid w:val="00B553CE"/>
     <w:rsid w:val="00B5789D"/>
     <w:rsid w:val="00B602F8"/>
     <w:rsid w:val="00B67911"/>
     <w:rsid w:val="00B72706"/>
     <w:rsid w:val="00B7475A"/>
     <w:rsid w:val="00B8282F"/>
     <w:rsid w:val="00B848EA"/>
     <w:rsid w:val="00B84A35"/>
     <w:rsid w:val="00B85320"/>
     <w:rsid w:val="00B92E8A"/>
+    <w:rsid w:val="00B93565"/>
     <w:rsid w:val="00BA1611"/>
     <w:rsid w:val="00BA5D51"/>
     <w:rsid w:val="00BA71AD"/>
     <w:rsid w:val="00BB0C48"/>
     <w:rsid w:val="00BB1B08"/>
     <w:rsid w:val="00BB3A81"/>
     <w:rsid w:val="00BB4FEC"/>
     <w:rsid w:val="00BB5122"/>
     <w:rsid w:val="00BB5D84"/>
     <w:rsid w:val="00BB73A6"/>
     <w:rsid w:val="00BC0935"/>
     <w:rsid w:val="00BC1DB5"/>
+    <w:rsid w:val="00BD37DA"/>
     <w:rsid w:val="00BD49E6"/>
     <w:rsid w:val="00BE145C"/>
     <w:rsid w:val="00BE2581"/>
     <w:rsid w:val="00BE4B96"/>
     <w:rsid w:val="00BE54FC"/>
+    <w:rsid w:val="00BE701C"/>
     <w:rsid w:val="00BF2705"/>
+    <w:rsid w:val="00BF4EB9"/>
     <w:rsid w:val="00BF7139"/>
     <w:rsid w:val="00BF7993"/>
     <w:rsid w:val="00C001C9"/>
     <w:rsid w:val="00C024F8"/>
     <w:rsid w:val="00C03765"/>
     <w:rsid w:val="00C07197"/>
     <w:rsid w:val="00C10276"/>
     <w:rsid w:val="00C179DC"/>
     <w:rsid w:val="00C20780"/>
     <w:rsid w:val="00C20A99"/>
+    <w:rsid w:val="00C244FD"/>
     <w:rsid w:val="00C34F54"/>
+    <w:rsid w:val="00C34F6D"/>
+    <w:rsid w:val="00C37AE2"/>
     <w:rsid w:val="00C41790"/>
     <w:rsid w:val="00C42FB2"/>
+    <w:rsid w:val="00C5350A"/>
     <w:rsid w:val="00C548E0"/>
     <w:rsid w:val="00C613B8"/>
     <w:rsid w:val="00C616EB"/>
     <w:rsid w:val="00C62F4A"/>
+    <w:rsid w:val="00C639A4"/>
     <w:rsid w:val="00C6503C"/>
     <w:rsid w:val="00C65F00"/>
     <w:rsid w:val="00C662DE"/>
     <w:rsid w:val="00C712CA"/>
     <w:rsid w:val="00C71C70"/>
     <w:rsid w:val="00C8206C"/>
+    <w:rsid w:val="00C83103"/>
+    <w:rsid w:val="00C86728"/>
     <w:rsid w:val="00C86998"/>
     <w:rsid w:val="00C90616"/>
     <w:rsid w:val="00C9134A"/>
+    <w:rsid w:val="00C929DD"/>
     <w:rsid w:val="00CA4071"/>
     <w:rsid w:val="00CB15FB"/>
     <w:rsid w:val="00CB2A79"/>
     <w:rsid w:val="00CB41D0"/>
     <w:rsid w:val="00CB5D28"/>
     <w:rsid w:val="00CC14F3"/>
     <w:rsid w:val="00CC2E65"/>
     <w:rsid w:val="00CC5F85"/>
     <w:rsid w:val="00CE0415"/>
     <w:rsid w:val="00CE1175"/>
     <w:rsid w:val="00CF1AC7"/>
+    <w:rsid w:val="00CF77F6"/>
     <w:rsid w:val="00D01B7F"/>
     <w:rsid w:val="00D0242C"/>
+    <w:rsid w:val="00D112E8"/>
     <w:rsid w:val="00D14E62"/>
+    <w:rsid w:val="00D201F6"/>
+    <w:rsid w:val="00D22E4A"/>
     <w:rsid w:val="00D23224"/>
     <w:rsid w:val="00D2399C"/>
+    <w:rsid w:val="00D306B5"/>
     <w:rsid w:val="00D329B2"/>
     <w:rsid w:val="00D357BD"/>
     <w:rsid w:val="00D456D4"/>
+    <w:rsid w:val="00D47775"/>
     <w:rsid w:val="00D50D02"/>
     <w:rsid w:val="00D52D44"/>
     <w:rsid w:val="00D532D8"/>
+    <w:rsid w:val="00D55BDB"/>
     <w:rsid w:val="00D67680"/>
     <w:rsid w:val="00D676FD"/>
+    <w:rsid w:val="00D70BF3"/>
+    <w:rsid w:val="00D728D4"/>
     <w:rsid w:val="00D72926"/>
     <w:rsid w:val="00D74A58"/>
     <w:rsid w:val="00D75077"/>
+    <w:rsid w:val="00D76375"/>
+    <w:rsid w:val="00D80604"/>
     <w:rsid w:val="00D87009"/>
     <w:rsid w:val="00D877A8"/>
     <w:rsid w:val="00D9008B"/>
     <w:rsid w:val="00D93A23"/>
     <w:rsid w:val="00D947FC"/>
     <w:rsid w:val="00DA0740"/>
+    <w:rsid w:val="00DA1236"/>
     <w:rsid w:val="00DA30C0"/>
+    <w:rsid w:val="00DA46D6"/>
     <w:rsid w:val="00DB020E"/>
     <w:rsid w:val="00DB0F3A"/>
     <w:rsid w:val="00DB4BF4"/>
     <w:rsid w:val="00DB778B"/>
     <w:rsid w:val="00DC1C83"/>
+    <w:rsid w:val="00DC23E9"/>
     <w:rsid w:val="00DC2E75"/>
     <w:rsid w:val="00DC3A6D"/>
     <w:rsid w:val="00DC5C28"/>
     <w:rsid w:val="00DC6518"/>
     <w:rsid w:val="00DC6869"/>
+    <w:rsid w:val="00DC68B0"/>
     <w:rsid w:val="00DD1679"/>
     <w:rsid w:val="00DD19EE"/>
     <w:rsid w:val="00DD757F"/>
+    <w:rsid w:val="00DE0B0C"/>
     <w:rsid w:val="00DE0CAF"/>
     <w:rsid w:val="00DE3251"/>
+    <w:rsid w:val="00DE3679"/>
     <w:rsid w:val="00DE5E62"/>
     <w:rsid w:val="00DF0DFA"/>
     <w:rsid w:val="00DF7808"/>
     <w:rsid w:val="00E00A75"/>
     <w:rsid w:val="00E02283"/>
     <w:rsid w:val="00E04740"/>
     <w:rsid w:val="00E16892"/>
     <w:rsid w:val="00E16F62"/>
     <w:rsid w:val="00E20D14"/>
     <w:rsid w:val="00E24CE2"/>
+    <w:rsid w:val="00E3327B"/>
     <w:rsid w:val="00E4128A"/>
     <w:rsid w:val="00E41F27"/>
     <w:rsid w:val="00E45365"/>
     <w:rsid w:val="00E535A7"/>
     <w:rsid w:val="00E556E5"/>
     <w:rsid w:val="00E618AB"/>
     <w:rsid w:val="00E65553"/>
     <w:rsid w:val="00E67CA0"/>
     <w:rsid w:val="00E750DD"/>
     <w:rsid w:val="00E764C3"/>
     <w:rsid w:val="00E81425"/>
     <w:rsid w:val="00E814DD"/>
+    <w:rsid w:val="00E821F4"/>
+    <w:rsid w:val="00E83B3D"/>
     <w:rsid w:val="00E928D1"/>
     <w:rsid w:val="00E97FEB"/>
     <w:rsid w:val="00EA07A2"/>
     <w:rsid w:val="00EA0864"/>
     <w:rsid w:val="00EA0875"/>
     <w:rsid w:val="00EA5FD4"/>
     <w:rsid w:val="00EB670D"/>
     <w:rsid w:val="00EC09D0"/>
     <w:rsid w:val="00EC59E9"/>
     <w:rsid w:val="00EC5AE0"/>
+    <w:rsid w:val="00EC648F"/>
     <w:rsid w:val="00ED013E"/>
     <w:rsid w:val="00ED7A3B"/>
     <w:rsid w:val="00EE0F87"/>
     <w:rsid w:val="00EE1066"/>
     <w:rsid w:val="00EE51F3"/>
     <w:rsid w:val="00EE5BE0"/>
     <w:rsid w:val="00F008A3"/>
     <w:rsid w:val="00F05140"/>
     <w:rsid w:val="00F113DB"/>
     <w:rsid w:val="00F139FF"/>
     <w:rsid w:val="00F1477B"/>
+    <w:rsid w:val="00F20640"/>
     <w:rsid w:val="00F22660"/>
     <w:rsid w:val="00F24CAF"/>
     <w:rsid w:val="00F269D5"/>
     <w:rsid w:val="00F27F21"/>
     <w:rsid w:val="00F31BD7"/>
     <w:rsid w:val="00F45DE7"/>
     <w:rsid w:val="00F46A1F"/>
     <w:rsid w:val="00F62F6C"/>
     <w:rsid w:val="00F64DEE"/>
     <w:rsid w:val="00F652A8"/>
     <w:rsid w:val="00F66F6E"/>
     <w:rsid w:val="00F71805"/>
     <w:rsid w:val="00F904DB"/>
     <w:rsid w:val="00FA11EB"/>
     <w:rsid w:val="00FB4A66"/>
     <w:rsid w:val="00FB50F6"/>
     <w:rsid w:val="00FB53A8"/>
     <w:rsid w:val="00FB56F0"/>
     <w:rsid w:val="00FB742F"/>
     <w:rsid w:val="00FB7A07"/>
     <w:rsid w:val="00FC4AD8"/>
     <w:rsid w:val="00FC5DDA"/>
+    <w:rsid w:val="00FC74E1"/>
     <w:rsid w:val="00FD2DAD"/>
+    <w:rsid w:val="00FD7242"/>
     <w:rsid w:val="00FE7B61"/>
     <w:rsid w:val="00FF0966"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="18CA43FB"/>
-  <w15:docId w15:val="{178E063F-AA52-406B-AE97-F9C51AFD2628}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00112E86"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -8286,4843 +8970,7842 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0033528C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0033528C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+        <w:kern w:val="3"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00112E86"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:link w:val="StandardChar"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
+    <w:name w:val="Heading"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Textbody"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Textbody"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
+    <w:name w:val="Index"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
+    <w:name w:val="Table Contents"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="HeaderandFooter"/>
+    <w:link w:val="CabealhoChar"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
+    <w:name w:val="Normal1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Internetlink">
+    <w:name w:val="Internet link"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CC14F3"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente1">
+    <w:name w:val="Menção Pendente1"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CC14F3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B7475A"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfase">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B02A0E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfaseIntensa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B02A0E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Forte">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B02A0E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo1">
+    <w:name w:val="Estilo1"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00B02A0E"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E18E8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008E18E8"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo2">
+    <w:name w:val="Estilo2"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00BD49E6"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo3">
+    <w:name w:val="Estilo3"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00BD49E6"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005B71FD"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:rsid w:val="00E45365"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo4">
+    <w:name w:val="Estilo4"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00D50D02"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Estilo5">
+    <w:name w:val="Estilo5"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="Estilo5Char"/>
+    <w:rsid w:val="00D50D02"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StandardChar">
+    <w:name w:val="Standard Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Standard"/>
+    <w:rsid w:val="00D50D02"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo5Char">
+    <w:name w:val="Estilo5 Char"/>
+    <w:basedOn w:val="StandardChar"/>
+    <w:link w:val="Estilo5"/>
+    <w:rsid w:val="00D50D02"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodebalo">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodebaloChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0033528C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
+    <w:name w:val="Texto de balão Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodebalo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033528C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docParts>
-    <w:docPart>
-[...438 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B8AF4462234F4D53B1D9804613A53346"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BEE85B8A-C74A-4839-97B5-85AAA3F86EFA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BC7F03" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="00BC7F03" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="B8AF4462234F4D53B1D9804613A533465"/>
+            <w:pStyle w:val="B8AF4462234F4D53B1D9804613A53346"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00D112E8">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolher um item</w:t>
-[...6 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Escolher</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> documento  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A0B2241AE83C4A6BBCA025671340B1E7"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B602BC6B-81C7-4926-80DE-ED81848A7F62}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F9334A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="00F9334A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="A0B2241AE83C4A6BBCA025671340B1E75"/>
+            <w:pStyle w:val="A0B2241AE83C4A6BBCA025671340B1E7"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00D112E8">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Escolher um item</w:t>
-[...35 lines deleted...]
-              <w:color w:val="FF0000"/>
+            <w:t>Escolher</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto.</w:t>
-[...597 lines deleted...]
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> curso </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="753D013CA00C480C804BEDA12645E2E1"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D70CBA2-3D9E-4F8A-B44B-6866065169C9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00891C26" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="00891C26" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="753D013CA00C480C804BEDA12645E2E15"/>
+            <w:pStyle w:val="753D013CA00C480C804BEDA12645E2E1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
+          <w:r w:rsidRPr="001274B1">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="69AA1A431EEB40B685BDC049D29EAF94"/>
+        <w:name w:val="53FDF0168274449EA5DA80E064B5A0F6"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3FDC1D29-DBF0-4077-B4BF-A463A6FFC582}"/>
+        <w:guid w:val="{C1B05C83-BF18-4586-927C-2A8A351A0C06}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="00036ABD" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="69AA1A431EEB40B685BDC049D29EAF945"/>
+            <w:pStyle w:val="53FDF0168274449EA5DA80E064B5A0F6"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="auto"/>
+          <w:r w:rsidRPr="00D112E8">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Esc</w:t>
-[...5 lines deleted...]
-              <w:color w:val="FF0000"/>
+            <w:t>Escolher</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>olha</w:t>
+            <w:t xml:space="preserve"> unidade </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="02B308F204AB4C2DA126EBFD9671F62A"/>
+        <w:name w:val="DEC1B43B4C8847C495AFDBE3BE65703A"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4CFFAB8D-6144-46BB-AE35-03286EBE4665}"/>
+        <w:guid w:val="{6AF7F2E6-31A0-4550-826F-CD84F058FD35}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="02B308F204AB4C2DA126EBFD9671F62A5"/>
+            <w:pStyle w:val="DEC1B43B4C8847C495AFDBE3BE65703A"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">Inserir </w:t>
-[...5 lines deleted...]
-              <w:color w:val="auto"/>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t xml:space="preserve"> matrícula</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A2701EE2B0634A7598F3FF13C153D1B2"/>
+        <w:name w:val="3D9A28F28BA54F6C96ACC9EF7641ECDD"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B8AD3067-E198-406B-AA39-0E8590A0D787}"/>
+        <w:guid w:val="{718D8920-253B-4045-B3C7-6FB38429E0E9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="A2701EE2B0634A7598F3FF13C153D1B25"/>
+            <w:pStyle w:val="3D9A28F28BA54F6C96ACC9EF7641ECDD"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="auto"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Inserir</w:t>
           </w:r>
-          <w:r w:rsidRPr="00DC6518">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve"> o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t xml:space="preserve"> e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D05EC9BB560A4DA9AC91EA5D765A287A"/>
+        <w:name w:val="2B17F8FFA2714C41A890BB6FC0586CEC"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F22566D2-B302-4273-AF01-5EE5D04D11F4}"/>
+        <w:guid w:val="{C4463038-4733-45D8-97B5-213CD2410533}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="D05EC9BB560A4DA9AC91EA5D765A287A5"/>
+            <w:pStyle w:val="2B17F8FFA2714C41A890BB6FC0586CEC"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> telefone</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="562EDE7C0E7A49A083CB1F0EC6CD47C8"/>
+        <w:name w:val="70BE914358DE47D99E122B5F9797D152"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F0A9E86C-22BD-454D-BA14-B0D8A215FAA5}"/>
+        <w:guid w:val="{7E861B42-F197-4962-9117-DF9DE9D93D7E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="562EDE7C0E7A49A083CB1F0EC6CD47C85"/>
+            <w:pStyle w:val="70BE914358DE47D99E122B5F9797D152"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="auto"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Esc</w:t>
-[...5 lines deleted...]
-              <w:color w:val="FF0000"/>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>olha</w:t>
+            <w:t xml:space="preserve"> Linha de Pesquisa</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C872DA1621C04FFDA573F0668380470B"/>
+        <w:name w:val="FECFBE48C6414E27B292B32506D06F35"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EBFCE4BC-5AF1-4D7D-B279-9CE031168EB3}"/>
+        <w:guid w:val="{B22F3B2C-026F-408F-BBF6-BA0B1895742B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="C872DA1621C04FFDA573F0668380470B5"/>
+            <w:pStyle w:val="FECFBE48C6414E27B292B32506D06F35"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">inserir o texto </w:t>
-[...11 lines deleted...]
-          <w:r w:rsidRPr="00D85E38">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> Produto Educacional</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1DA8EAA48AF745BAA4F2D314388972E7"/>
+        <w:name w:val="4FBF395659DF40538C6EF36EDF29F008"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{75D71B80-A684-4705-A2A0-96A9BBA7B253}"/>
+        <w:guid w:val="{F5EE48F1-7D97-4CE7-89FA-E8328A7C9E1D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="1DA8EAA48AF745BAA4F2D314388972E75"/>
+            <w:pStyle w:val="4FBF395659DF40538C6EF36EDF29F008"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> nome completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DEDBB5175D3C4ED3B569975D6976F17F"/>
+        <w:name w:val="2FD0222CF6014756BA9B6179C7DC303E"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F61EF22C-8BF8-4281-8E42-340E2E892FA4}"/>
+        <w:guid w:val="{849A8999-8C7A-43FA-9E54-E4BB8BC15F42}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="DEDBB5175D3C4ED3B569975D6976F17F5"/>
+            <w:pStyle w:val="2FD0222CF6014756BA9B6179C7DC303E"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...18 lines deleted...]
-              <w:color w:val="auto"/>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>só preencher se houver</w:t>
-[...8 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Prof. do IFPB</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7495C343F7194D0C9B78770766B27E71"/>
+        <w:name w:val="119691B934F245E083D680622922373B"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FCEBF261-E535-4740-83DD-D55D7B062378}"/>
+        <w:guid w:val="{6D1334E2-EBCA-4896-A767-3ED38DDC901C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="7495C343F7194D0C9B78770766B27E715"/>
+            <w:pStyle w:val="119691B934F245E083D680622922373B"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...18 lines deleted...]
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>só preencher se houver</w:t>
-[...8 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Prof</w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Aposent. ou de fora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00303BA4">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="89D08C47DE154549A531FEE5E693147A"/>
+        <w:name w:val="0A0FC063F530453E8730211E55A560D5"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8D813E31-8B46-4121-AA7D-E61848605B32}"/>
+        <w:guid w:val="{45749FC4-B5A6-46EA-9492-664C36E861CF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="89D08C47DE154549A531FEE5E693147A5"/>
+            <w:pStyle w:val="0A0FC063F530453E8730211E55A560D5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">Inserir o texto </w:t>
-[...18 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Inserir nome completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2487BD7CBD4E4DA180F1D51CFAA8E337"/>
+        <w:name w:val="AB0E0FA291F84CCF96AFF176044508AD"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3ABA6976-522E-41B4-A09B-1E5061550EE4}"/>
+        <w:guid w:val="{E8F868C5-BE6A-43FF-AFB2-95DFC90A4615}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="2487BD7CBD4E4DA180F1D51CFAA8E3375"/>
+            <w:pStyle w:val="AB0E0FA291F84CCF96AFF176044508AD"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inseri</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>r o texto</w:t>
-[...1 lines deleted...]
-          <w:r>
+            <w:t xml:space="preserve"> e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00512C01">
-[...16 lines deleted...]
-            <w:t>.</w:t>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A43D4838CF594A89901FDD74A955F35D"/>
+        <w:name w:val="00A60DA584354AD4B690B87BDA718A3C"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0E0613CD-6FB3-4807-ADC5-BB4B675268B0}"/>
+        <w:guid w:val="{92C416CD-A9C0-40B3-94A0-23DA2EF9276D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="A43D4838CF594A89901FDD74A955F35D5"/>
+            <w:pStyle w:val="00A60DA584354AD4B690B87BDA718A3C"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00B93565">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">Inserir o texto </w:t>
-[...11 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B93565">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>telefone</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="56060F81FB954EF8B26CA2814A125CD8"/>
+        <w:name w:val="BE5C19C827B24CB2896A0FD18D87A707"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D3724196-9E01-4BA4-9A91-CB572F3E74FD}"/>
+        <w:guid w:val="{525BC5B0-1F73-43B2-BAC0-6F815845C624}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="56060F81FB954EF8B26CA2814A125CD85"/>
+            <w:pStyle w:val="BE5C19C827B24CB2896A0FD18D87A707"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">Inserir o texto </w:t>
-[...11 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> nome completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="620757ABA05F46FD8B5ED8F621CBA051"/>
+        <w:name w:val="01925A2674CA46008AF6DB93B5B76612"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{49B674CF-4A12-4ED6-88EE-CC127A2E87D1}"/>
+        <w:guid w:val="{4B104D4C-823C-4715-9D8E-8399409C1B18}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="620757ABA05F46FD8B5ED8F621CBA0515"/>
+            <w:pStyle w:val="01925A2674CA46008AF6DB93B5B76612"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...26 lines deleted...]
-            <w:t>.</w:t>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof. do IFPB</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B91ACB655CF5468593819F96FCB50BD9"/>
+        <w:name w:val="C68F22C82B144B6AB7EE4B249B5DA2A2"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D7680B50-94FB-4EFD-BCEA-4939D0E42AA8}"/>
+        <w:guid w:val="{B6809426-8A16-48D9-964C-7EC0937D7C16}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="B91ACB655CF5468593819F96FCB50BD95"/>
+            <w:pStyle w:val="C68F22C82B144B6AB7EE4B249B5DA2A2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
+          <w:r w:rsidRPr="007A5B24">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
-              <w:sz w:val="22"/>
-[...14 lines deleted...]
-          <w:r w:rsidRPr="00512C01">
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof</w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
-              <w:sz w:val="16"/>
-[...11 lines deleted...]
-            <w:t>.</w:t>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Aposent. ou de fora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00303BA4">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="18C1D43AC6164C2B9E964112C06B6ED2"/>
+        <w:name w:val="AF18D98778274FA286EA19EEFF090768"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{93CF101C-44D6-4A78-8D88-D2C9A70C2475}"/>
+        <w:guid w:val="{614F1801-D3D8-4CDA-AA7C-E94B79558590}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="18C1D43AC6164C2B9E964112C06B6ED25"/>
+            <w:pStyle w:val="AF18D98778274FA286EA19EEFF090768"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:highlight w:val="yellow"/>
-[...7 lines deleted...]
-              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Inserir e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00D23224">
-[...16 lines deleted...]
-              <w:szCs w:val="22"/>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
-          </w:r>
-[...26 lines deleted...]
-            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0232767279924F0A9ED4CF61917E8273"/>
+        <w:name w:val="C9CE7011473F45E8984D63FEDCFF8B5A"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{103D8C0F-7FE9-414C-9D2A-556E09C0FD4B}"/>
+        <w:guid w:val="{D4A66AE9-B65D-40D9-8A19-EED9D689B8BA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="0232767279924F0A9ED4CF61917E82735"/>
+            <w:pStyle w:val="C9CE7011473F45E8984D63FEDCFF8B5A"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C9418E5F4E4842839DBD76176A470AC4"/>
+        <w:name w:val="71FD4A2BF3854021A7686E0ABF5A10FD"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{49A98767-8511-42E1-A692-77FB5A31601B}"/>
+        <w:guid w:val="{9DFB18B8-B37A-4B7D-A692-08DAED0654EF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="C9418E5F4E4842839DBD76176A470AC45"/>
+            <w:pStyle w:val="71FD4A2BF3854021A7686E0ABF5A10FD"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>nome</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="256C20E7A3FB4F1E88962D2784303EEE"/>
+        <w:name w:val="81B05E7059164ADA966204610AA73B5A"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B02366D4-77E0-4970-8581-0566564E2016}"/>
+        <w:guid w:val="{C737AA87-9A70-44CD-AD6B-4F462883011F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="256C20E7A3FB4F1E88962D2784303EEE5"/>
+            <w:pStyle w:val="81B05E7059164ADA966204610AA73B5A"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...16 lines deleted...]
-            <w:t>r o texto.</w:t>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof. do IFPB</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E51DB1364AD54948A8D29E9716BF9CE3"/>
+        <w:name w:val="0900935A7FCC4BC390E940F581E87C1C"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{62D1F58E-FB31-460B-848F-6D42B2824AB7}"/>
+        <w:guid w:val="{A005C422-82A9-4D7C-8A05-155D19133DA2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="E51DB1364AD54948A8D29E9716BF9CE35"/>
+            <w:pStyle w:val="0900935A7FCC4BC390E940F581E87C1C"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
+          <w:r w:rsidRPr="007A5B24">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
-              <w:sz w:val="22"/>
-[...21 lines deleted...]
-            <w:t>.</w:t>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof</w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Aposent. ou de fora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00303BA4">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C7D80275F1F24F7CA24EB99AAEB7231F"/>
+        <w:name w:val="ED4B19EC5C814ACFB14A2E21A32572DB"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BDB655F0-FC46-41CE-AEF0-5B8758EDA014}"/>
+        <w:guid w:val="{E7CD336A-017A-47B2-A19D-C7DA59658525}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="C7D80275F1F24F7CA24EB99AAEB7231F5"/>
+            <w:pStyle w:val="ED4B19EC5C814ACFB14A2E21A32572DB"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5D8B46CFD02C4B3B92F4682784699E81"/>
+        <w:name w:val="CA170194C9E242C6881BA8689E3A36A4"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D09B79F0-18D7-4085-A8AA-EFFE8F1DE3A7}"/>
+        <w:guid w:val="{6CCAB87D-9A80-4B90-8BE6-E10460FF9EAB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="5D8B46CFD02C4B3B92F4682784699E815"/>
+            <w:pStyle w:val="CA170194C9E242C6881BA8689E3A36A4"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...3 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="BCA5DEDAFD234AEF919C5AD1EE6632E1"/>
+        <w:name w:val="04A3509ECD9941BE8D6F294D77EDBE64"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B5BCD7EA-062C-4BD3-AA13-BEC057A4664E}"/>
+        <w:guid w:val="{21A9D119-054B-448E-93B5-1FC51DE64452}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="BCA5DEDAFD234AEF919C5AD1EE6632E15"/>
+            <w:pStyle w:val="04A3509ECD9941BE8D6F294D77EDBE64"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E97FEB">
-[...8 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir nome completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:t>se for de outra instituição</w:t>
+            <w:t xml:space="preserve">    </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4F131E237A874C2E998E391FE4EA2A1C"/>
+        <w:name w:val="2903DC8EB61E46E2B6A1049C6E8B3CDB"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C2330B47-0763-40A1-B94C-9D3323C4C4B6}"/>
+        <w:guid w:val="{BDC0FFD7-3C1B-430B-B77D-255E61CCD07B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="4F131E237A874C2E998E391FE4EA2A1C5"/>
+            <w:pStyle w:val="2903DC8EB61E46E2B6A1049C6E8B3CDB"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...13 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
+            <w:t>Prof. do IFPB</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:t xml:space="preserve"> </w:t>
-          </w:r>
-[...8 lines deleted...]
-            <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="259042B642D74311BA294605E0B28D91"/>
+        <w:name w:val="7DC093EC2ABC446F9F1671A0C7A4F9C7"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5FE0AFE9-0B6B-4619-8FEF-5EF4BC4A4390}"/>
+        <w:guid w:val="{51A41D00-0E3D-4FEF-8593-97D3C293D19D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="259042B642D74311BA294605E0B28D915"/>
+            <w:pStyle w:val="7DC093EC2ABC446F9F1671A0C7A4F9C7"/>
           </w:pPr>
-          <w:r w:rsidRPr="00D23224">
-[...9 lines deleted...]
-          <w:r w:rsidRPr="00D23224">
+          <w:r w:rsidRPr="007A5B24">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
+            <w:t>Prof</w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Aposent. ou de fora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00303BA4">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
             <w:t xml:space="preserve"> </w:t>
-          </w:r>
-[...8 lines deleted...]
-            <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6AA0A3D855ED4C0AB4E8CEC90086A10C"/>
+        <w:name w:val="6B1835D2AF3741848029CCF2884A7BCB"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0879367C-E642-4FCB-BCF0-2E3E6A517335}"/>
+        <w:guid w:val="{DBEC9B46-E4EF-4CF9-8D8D-366A2CA4745E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="6AA0A3D855ED4C0AB4E8CEC90086A10C5"/>
+            <w:pStyle w:val="6B1835D2AF3741848029CCF2884A7BCB"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...13 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
-          </w:r>
-[...8 lines deleted...]
-            <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0E42A6478E634106928A2D7130261DB7"/>
+        <w:name w:val="4C3D980A70BA4DDEA498147EBC570780"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6A11550F-9372-4FFD-B9CC-68142BC71155}"/>
+        <w:guid w:val="{56B2F1F9-427B-4DA9-97B9-30F5AAE0556B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="0E42A6478E634106928A2D7130261DB75"/>
+            <w:pStyle w:val="4C3D980A70BA4DDEA498147EBC570780"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...15 lines deleted...]
-              <w:szCs w:val="18"/>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
-          </w:r>
-[...8 lines deleted...]
-            <w:t>se for de outra instituição</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2643FDE13C92429196714C6C881F6D42"/>
+        <w:name w:val="17BCAF7379F340538D6447AD7644996F"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A4CBAD15-795D-47B5-9C48-0F990EE11D9E}"/>
+        <w:guid w:val="{DD645F88-E348-4170-997B-BD1ED3F06504}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="2643FDE13C92429196714C6C881F6D425"/>
+            <w:pStyle w:val="17BCAF7379F340538D6447AD7644996F"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...13 lines deleted...]
-              <w:color w:val="FF0000"/>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir nome completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:t>se for de outra instituição</w:t>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C59BB9CAE4384E439016828A01671991"/>
+        <w:name w:val="ADA75D1791694D42BEF5F61A40651A0B"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{23C81709-6999-4815-9675-AE62B143B5C4}"/>
+        <w:guid w:val="{9830C504-0B0C-43FD-A468-1BA740F585EC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="C59BB9CAE4384E439016828A016719915"/>
+            <w:pStyle w:val="ADA75D1791694D42BEF5F61A40651A0B"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...17 lines deleted...]
-            <w:t xml:space="preserve"> nota</w:t>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof. do IFPB</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5B9B375B608A4725A92B271B3CE20ED0"/>
+        <w:name w:val="84EE7D1397EB40A2B1BAAABC537FB3BC"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{571DCC09-434C-458B-8AA8-D01B29B88704}"/>
+        <w:guid w:val="{05540DE1-FCF2-4A58-B0C8-88AA26934916}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="5B9B375B608A4725A92B271B3CE20ED05"/>
+            <w:pStyle w:val="84EE7D1397EB40A2B1BAAABC537FB3BC"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...9 lines deleted...]
-          <w:r w:rsidRPr="00DC6518">
+          <w:r w:rsidRPr="007A5B24">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
-              <w:sz w:val="22"/>
-[...2 lines deleted...]
-            <w:t xml:space="preserve"> nota</w:t>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof</w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Aposent. ou de fora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00303BA4">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1B8E9CAAE6CE407AB427F66564661F58"/>
+        <w:name w:val="15A6B91D2261483FAB76C03B69502FD0"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{21C4CC75-BF44-4112-B56F-377438BEBDD4}"/>
+        <w:guid w:val="{23A3393D-F01F-4F10-89FD-2BD57A68CBE9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="1B8E9CAAE6CE407AB427F66564661F585"/>
+            <w:pStyle w:val="15A6B91D2261483FAB76C03B69502FD0"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="auto"/>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir</w:t>
-[...5 lines deleted...]
-              <w:color w:val="FF0000"/>
+            <w:t>Inserir e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve"> nota</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F2C9C84CB90F4E7F8650AB8CCA8FE13B"/>
+        <w:name w:val="27D75D059204435BB815F81CA7D4C80F"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5624FF19-BFA7-47D5-92F1-631167AA09AE}"/>
+        <w:guid w:val="{971A7A2E-A9F2-4BEA-B0ED-0E9DA39AF347}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="F2C9C84CB90F4E7F8650AB8CCA8FE13B5"/>
+            <w:pStyle w:val="27D75D059204435BB815F81CA7D4C80F"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="auto"/>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">Inserir </w:t>
-[...5 lines deleted...]
-              <w:color w:val="FF0000"/>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>nota</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="570D12C7C92047E4A71C1663D0A94367"/>
+        <w:name w:val="14AA4C621BFA485EAC1F14284EC98317"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3EC13F6A-F60A-45A6-B39E-BC83314D304A}"/>
+        <w:guid w:val="{15615583-AEEA-496D-A8F4-6675D50FACBE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="570D12C7C92047E4A71C1663D0A943675"/>
+            <w:pStyle w:val="14AA4C621BFA485EAC1F14284EC98317"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CB2A79">
-[...3 lines deleted...]
-              <w:color w:val="auto"/>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir</w:t>
-[...9 lines deleted...]
-            <w:t xml:space="preserve"> nota</w:t>
+            <w:t>Inserir nome completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="50D5139B6E1B4EF4B508222E77A67D69"/>
+        <w:name w:val="ECB9B8D8AC064D2DB772251E06D58D26"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A9F925D4-61F9-4877-9B02-BEF49B91A763}"/>
+        <w:guid w:val="{6AA03870-1A03-460A-B3C0-3FD6BCB68A07}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0057059A" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="50D5139B6E1B4EF4B508222E77A67D695"/>
+            <w:pStyle w:val="ECB9B8D8AC064D2DB772251E06D58D26"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
-[...16 lines deleted...]
-            <w:t>.</w:t>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof. do IFPB</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A7B6A">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="416C8942918B48BC8139B6B544088E3A"/>
+        <w:name w:val="BB025087B97740419D5B74C87758E220"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F6662377-EFB0-4825-AF3E-FD317E81243A}"/>
+        <w:guid w:val="{82CC6C9D-7DAE-4A69-9505-A88AB8893D0B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007049AB" w:rsidRDefault="005F5A8E" w:rsidP="005F5A8E">
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
           <w:pPr>
-            <w:pStyle w:val="416C8942918B48BC8139B6B544088E3A5"/>
+            <w:pStyle w:val="BB025087B97740419D5B74C87758E220"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DC6518">
+          <w:r w:rsidRPr="007A5B24">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Prof</w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="007A5B24">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Aposent. ou de fora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00303BA4">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="78E201B130944EF2BF49721113B454CB"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7509DC5C-0EA3-40B8-A236-C421B66FE720}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="78E201B130944EF2BF49721113B454CB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Inserir o texto</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00E97FEB">
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>.</w:t>
+            <w:t xml:space="preserve"> data/hora</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6B00AFC7441B4BF1B7808F8D5F9A48B8"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D7B8F056-AB76-48A4-8A14-27671B4971C1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="6B00AFC7441B4BF1B7808F8D5F9A48B8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Inserir </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CD026BAF1825430FAF331FA913DBF22C"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BB7224C3-5945-479C-A559-E1B23BBE9D10}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="CD026BAF1825430FAF331FA913DBF22C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir nota</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> .</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="62DB96B345C74E03B78941C51D868DDE"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{59B5FF5A-3FEE-4EA3-96C4-E64642A515B4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="62DB96B345C74E03B78941C51D868DDE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir nota</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> .</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="19560729EAFD4832AAC282383FBC2EE0"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{79532D42-907D-4B81-BE3F-F1BEEC8C87C4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="19560729EAFD4832AAC282383FBC2EE0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir nota</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> .</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="387B094C9D8D47D79DAB9F92BEF193CC"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{573180A3-360C-4FF2-B56F-135A8B52EE36}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="387B094C9D8D47D79DAB9F92BEF193CC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">inserir </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="53A127F696D24B93B1A51A547C8B35F3"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1499FDE8-2EB5-49C0-8DC0-2058DCD57E1E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="53A127F696D24B93B1A51A547C8B35F3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A62F088F8BA4BB3AA23C851C46D8518"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{739AC2A6-4FD2-48C9-9479-0BF0985F2E9B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="9A62F088F8BA4BB3AA23C851C46D8518"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A797EF88BD9841938EC8897C5748F21A"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9828E848-C123-4C7A-AF71-28E686E74016}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="A797EF88BD9841938EC8897C5748F21A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7CFE58E90FF449C0845DB2B769AB4923"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2853599F-59C5-4AA2-A09A-48B78479A44A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="7CFE58E90FF449C0845DB2B769AB4923"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="73EEB7EFC83E41BFBB1CE5E1E7751F73"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B992B24-AB4C-4557-8E23-F04EA6AEF1B0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="73EEB7EFC83E41BFBB1CE5E1E7751F73"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4190CC022E94483EB435418165953A10"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{61351E70-373C-4195-B4E4-94FCF1A555AD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="4190CC022E94483EB435418165953A10"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="716DB6A7EBFF4C3F9E73096C2E273B3C"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{03DCD661-4583-422E-8672-9121CBE4C190}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="716DB6A7EBFF4C3F9E73096C2E273B3C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="456E857DBB6941D891A582C13B0C48C0"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0B39F974-59EA-4589-95E1-A3E2981FCB62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="456E857DBB6941D891A582C13B0C48C0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="079A9E6FDE7943178C5865373374E5B6"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F9C6061E-DFBC-48D6-B9F2-1618E5930E62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="079A9E6FDE7943178C5865373374E5B6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C21BE20184A04C8C91E6782D9BB8467C"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C54EF8F8-CFC8-4BB1-95CF-5F57EF444E57}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="C21BE20184A04C8C91E6782D9BB8467C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir instituição atual</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CD86F1FD02FC47A390CD2CD8D3D7AB53"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8D1C5A74-CE8B-4936-96A8-1E233D994B38}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="CD86F1FD02FC47A390CD2CD8D3D7AB53"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A38EA6E0EE954B7CB5A5BE2DD1EF4376"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5AF1E7D9-3F83-450D-8ECF-F5420F283CCC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="A38EA6E0EE954B7CB5A5BE2DD1EF4376"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B6F12D3D3FF04E4AB3340FA0E211B461"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0337F32D-EE44-4B52-978D-4E767B356AD6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="B6F12D3D3FF04E4AB3340FA0E211B461"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="028175D55649485E93652DF154415A38"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DAFABA0D-5D4E-4F25-B9EF-6B48088AAA14}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="028175D55649485E93652DF154415A38"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir instituição atual</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DBBCAF2C56FD4FC2B6D6094352061D74"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D40DAC34-AE42-4D27-B3AC-FBEAD21C2BB3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="DBBCAF2C56FD4FC2B6D6094352061D74"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2C926E6EC1B8428090376FB097D807A7"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4B88BD80-8929-4AB3-974B-6B3B00B61DA0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="2C926E6EC1B8428090376FB097D807A7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB0F685141D442C3A4AA6149022BF3F3"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{199CAD1F-8D3A-4B40-85E7-FDA863DB4976}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="FB0F685141D442C3A4AA6149022BF3F3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="574620E881164F39BD2EBB6358C463AC"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5DD7E02F-4084-4901-98C8-4C3E8B543B92}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="574620E881164F39BD2EBB6358C463AC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir instituição atual</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="38F1B02E82C74035A7F04A2B7CDA7209"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{24AC5969-F047-4FC6-BBAE-5D81DE93098D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="38F1B02E82C74035A7F04A2B7CDA7209"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3AEA68F2ABED4BDE87541C33D20A7AFD"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{012AB941-554D-4487-BB54-7C67FF0A04B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="3AEA68F2ABED4BDE87541C33D20A7AFD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8C245A5613F64751941E551AD08EBB4C"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FF6CD1B1-5B2A-41B1-A918-F7A7F73CAB3D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="8C245A5613F64751941E551AD08EBB4C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E8C1AF2D8A5F451D8E267979B3FBE569"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{818FFA73-BAA9-43E0-BEEF-0871B16CAD27}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="E8C1AF2D8A5F451D8E267979B3FBE569"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir instituição atual</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6020E715A5014D39A7E829023A980BA4"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{130B8916-0A62-4AB3-9346-7C8EF98EE7C0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="6020E715A5014D39A7E829023A980BA4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F472CDE3D05D4110A54007A6F6DD74BA"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A4D21AB8-20F8-4D36-8E02-230C58431A43}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="F472CDE3D05D4110A54007A6F6DD74BA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000661CD">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A55C1E555A64D988AA9A7FA931C17D1"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{47C2E15A-5D59-4F1E-8DDB-B60EC05BEED0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="9A55C1E555A64D988AA9A7FA931C17D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Inserir </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6975C91F1DD24580A7DF1C2C3D596532"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{09DE9D61-9993-4924-B374-04BE72263237}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="6975C91F1DD24580A7DF1C2C3D596532"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> instituição atual</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4DCD045FE2D04A56ADC1E3CF98D9543C"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{426F2F21-DAC8-4A60-B927-26EEDC6E1950}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="4DCD045FE2D04A56ADC1E3CF98D9543C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FF89A9504DFC497DBEAC6E29DABDE5EC"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FFF87E7D-ED75-4852-8E2D-B93DFF82CD18}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E209A" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="FF89A9504DFC497DBEAC6E29DABDE5EC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Escolha</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3D7EC7B0FDA647F9BE2FE9092D95EAC1"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7CF9CAB8-4D53-418B-A6E0-C8D6E3684334}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00DB7573" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="3D7EC7B0FDA647F9BE2FE9092D95EAC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> título da defesa</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="611DC63E9354450FB9F5D5DC5E5C49B8"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{08D9BD10-192A-49C5-9C6C-E17E44969A0A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006A337C" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="611DC63E9354450FB9F5D5DC5E5C49B8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir nome completo</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003A6268">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2726C8B9478F40DDBE369A6F62388AB7"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C04C51C5-CD15-42DD-A6E1-C95B5CFBFAB0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006A337C" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="2726C8B9478F40DDBE369A6F62388AB7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir SIAPE</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A794A4038F384BA88F44B5A1D18E99DE"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1C39F7D7-C77C-4D69-B663-2D5BA61FD12D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006A337C" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="A794A4038F384BA88F44B5A1D18E99DE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir e-mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8EFAFC21AEDD428BA8B7244AE64BB4C7"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{440972B2-B24B-4A84-BB15-943AC03C6880}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006A337C" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="8EFAFC21AEDD428BA8B7244AE64BB4C7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir telefone</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="464B68B467CB4811BB98EBAB67DB04F3"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0BC8089A-10A5-49BE-9029-9EE4C5C90BB0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001477D8" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="464B68B467CB4811BB98EBAB67DB04F3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir média</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001274B1">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> .</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5CD3943EA7334D6BA1F3DAFD0CD57752"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B5459AF3-8182-404C-AE3B-1D30BFA81204}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001477D8" w:rsidRDefault="0009646A" w:rsidP="0009646A">
+          <w:pPr>
+            <w:pStyle w:val="5CD3943EA7334D6BA1F3DAFD0CD57752"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00375EA3">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Inserir avaliação</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AA6488">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
+    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0078443D"/>
+    <w:rsid w:val="00001DED"/>
     <w:rsid w:val="00011453"/>
+    <w:rsid w:val="00036ABD"/>
     <w:rsid w:val="00037622"/>
+    <w:rsid w:val="0004311E"/>
+    <w:rsid w:val="000551C2"/>
+    <w:rsid w:val="00092993"/>
+    <w:rsid w:val="00094075"/>
+    <w:rsid w:val="0009646A"/>
     <w:rsid w:val="000C4724"/>
     <w:rsid w:val="00107ED0"/>
     <w:rsid w:val="00127FBB"/>
     <w:rsid w:val="00134056"/>
     <w:rsid w:val="001370CB"/>
+    <w:rsid w:val="001477D8"/>
     <w:rsid w:val="00147EA2"/>
+    <w:rsid w:val="00150FFA"/>
     <w:rsid w:val="001778F4"/>
     <w:rsid w:val="00196E14"/>
+    <w:rsid w:val="001D3964"/>
+    <w:rsid w:val="001E209A"/>
     <w:rsid w:val="001F7E40"/>
     <w:rsid w:val="0024135D"/>
     <w:rsid w:val="00242BA8"/>
     <w:rsid w:val="00276B0D"/>
     <w:rsid w:val="00281113"/>
     <w:rsid w:val="003110BD"/>
     <w:rsid w:val="00312B31"/>
     <w:rsid w:val="00335CDC"/>
     <w:rsid w:val="0035543C"/>
     <w:rsid w:val="00361AAA"/>
     <w:rsid w:val="003628E4"/>
     <w:rsid w:val="00365254"/>
     <w:rsid w:val="003E27B5"/>
     <w:rsid w:val="003F64B3"/>
     <w:rsid w:val="00402F4F"/>
+    <w:rsid w:val="0041355C"/>
     <w:rsid w:val="00437A01"/>
+    <w:rsid w:val="00437AC0"/>
     <w:rsid w:val="00466616"/>
+    <w:rsid w:val="004757EE"/>
+    <w:rsid w:val="004927BB"/>
     <w:rsid w:val="004C7526"/>
     <w:rsid w:val="004E228A"/>
+    <w:rsid w:val="00503F28"/>
+    <w:rsid w:val="00513A1B"/>
     <w:rsid w:val="005248A4"/>
     <w:rsid w:val="005433C4"/>
     <w:rsid w:val="00553A00"/>
     <w:rsid w:val="00555C24"/>
     <w:rsid w:val="005670E9"/>
     <w:rsid w:val="00567E72"/>
     <w:rsid w:val="0057059A"/>
     <w:rsid w:val="0058424D"/>
+    <w:rsid w:val="00591458"/>
     <w:rsid w:val="005B221C"/>
+    <w:rsid w:val="005E5682"/>
+    <w:rsid w:val="005E7F46"/>
     <w:rsid w:val="005F5A8E"/>
+    <w:rsid w:val="0060115E"/>
     <w:rsid w:val="00605869"/>
     <w:rsid w:val="00610A10"/>
     <w:rsid w:val="006466C3"/>
     <w:rsid w:val="0066522E"/>
     <w:rsid w:val="006711FF"/>
     <w:rsid w:val="00671BDA"/>
+    <w:rsid w:val="0069182A"/>
+    <w:rsid w:val="006A337C"/>
     <w:rsid w:val="006A5740"/>
     <w:rsid w:val="006B430B"/>
-    <w:rsid w:val="006C54F5"/>
+    <w:rsid w:val="006B5A0B"/>
+    <w:rsid w:val="006B6AD8"/>
+    <w:rsid w:val="006C3777"/>
+    <w:rsid w:val="006C716A"/>
+    <w:rsid w:val="006D7DEC"/>
     <w:rsid w:val="007049AB"/>
     <w:rsid w:val="00714138"/>
     <w:rsid w:val="007256FD"/>
     <w:rsid w:val="00726164"/>
+    <w:rsid w:val="00733D00"/>
+    <w:rsid w:val="007679C3"/>
+    <w:rsid w:val="00782DE8"/>
     <w:rsid w:val="0078443D"/>
     <w:rsid w:val="007C6D77"/>
     <w:rsid w:val="00843F74"/>
     <w:rsid w:val="0084586F"/>
+    <w:rsid w:val="00852C32"/>
     <w:rsid w:val="00863281"/>
     <w:rsid w:val="00885516"/>
     <w:rsid w:val="00891C26"/>
     <w:rsid w:val="008948C8"/>
     <w:rsid w:val="00894EFC"/>
+    <w:rsid w:val="008A5E49"/>
     <w:rsid w:val="008C1138"/>
+    <w:rsid w:val="008D1E75"/>
     <w:rsid w:val="00901EA2"/>
     <w:rsid w:val="009051B7"/>
     <w:rsid w:val="00954B5E"/>
     <w:rsid w:val="00967662"/>
+    <w:rsid w:val="009E6B81"/>
     <w:rsid w:val="009F0584"/>
     <w:rsid w:val="00A0263C"/>
     <w:rsid w:val="00A83268"/>
     <w:rsid w:val="00A85C99"/>
     <w:rsid w:val="00A87D10"/>
     <w:rsid w:val="00AA67B0"/>
     <w:rsid w:val="00AE1087"/>
+    <w:rsid w:val="00B41B53"/>
     <w:rsid w:val="00B52711"/>
     <w:rsid w:val="00B81FFC"/>
     <w:rsid w:val="00BC0935"/>
     <w:rsid w:val="00BC7F03"/>
     <w:rsid w:val="00C06913"/>
     <w:rsid w:val="00C33935"/>
     <w:rsid w:val="00C41EDF"/>
+    <w:rsid w:val="00C4269D"/>
+    <w:rsid w:val="00C627DA"/>
     <w:rsid w:val="00C82EED"/>
-    <w:rsid w:val="00CB28CA"/>
     <w:rsid w:val="00CB5D28"/>
+    <w:rsid w:val="00CD4762"/>
+    <w:rsid w:val="00CE6009"/>
     <w:rsid w:val="00CF4188"/>
     <w:rsid w:val="00CF6777"/>
+    <w:rsid w:val="00D17A17"/>
+    <w:rsid w:val="00DA6B82"/>
+    <w:rsid w:val="00DB7573"/>
+    <w:rsid w:val="00DD1855"/>
     <w:rsid w:val="00DD6A69"/>
+    <w:rsid w:val="00DE3679"/>
     <w:rsid w:val="00DF6FA8"/>
     <w:rsid w:val="00E505CF"/>
+    <w:rsid w:val="00E65AC1"/>
+    <w:rsid w:val="00EA2416"/>
+    <w:rsid w:val="00EB7118"/>
     <w:rsid w:val="00EF7DD8"/>
     <w:rsid w:val="00F12961"/>
     <w:rsid w:val="00F17879"/>
     <w:rsid w:val="00F25C9F"/>
     <w:rsid w:val="00F30398"/>
     <w:rsid w:val="00F421F5"/>
     <w:rsid w:val="00F82DCB"/>
     <w:rsid w:val="00F85594"/>
     <w:rsid w:val="00F9334A"/>
     <w:rsid w:val="00FB7D9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoEspaoReservado">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005F5A8E"/>
+    <w:rsid w:val="0009646A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41D7F18CF8B14C9884C7ED8A683A371E5">
-[...7 lines deleted...]
-      </w:tabs>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53FDF0168274449EA5DA80E064B5A0F6">
+    <w:name w:val="53FDF0168274449EA5DA80E064B5A0F6"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0B2241AE83C4A6BBCA025671340B1E75">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0B2241AE83C4A6BBCA025671340B1E7">
+    <w:name w:val="A0B2241AE83C4A6BBCA025671340B1E7"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8AF4462234F4D53B1D9804613A533465">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8AF4462234F4D53B1D9804613A53346">
+    <w:name w:val="B8AF4462234F4D53B1D9804613A53346"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C872DA1621C04FFDA573F0668380470B5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A0FC063F530453E8730211E55A560D5">
+    <w:name w:val="0A0FC063F530453E8730211E55A560D5"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DA8EAA48AF745BAA4F2D314388972E75">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEC1B43B4C8847C495AFDBE3BE65703A">
+    <w:name w:val="DEC1B43B4C8847C495AFDBE3BE65703A"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0232767279924F0A9ED4CF61917E82735">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D9A28F28BA54F6C96ACC9EF7641ECDD">
+    <w:name w:val="3D9A28F28BA54F6C96ACC9EF7641ECDD"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2C1859B0BBB4C34B9F33DBD37A446E95">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B17F8FFA2714C41A890BB6FC0586CEC">
+    <w:name w:val="2B17F8FFA2714C41A890BB6FC0586CEC"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEDBB5175D3C4ED3B569975D6976F17F5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D7EC7B0FDA647F9BE2FE9092D95EAC1">
+    <w:name w:val="3D7EC7B0FDA647F9BE2FE9092D95EAC1"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18C1D43AC6164C2B9E964112C06B6ED25">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="70BE914358DE47D99E122B5F9797D152">
+    <w:name w:val="70BE914358DE47D99E122B5F9797D152"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7495C343F7194D0C9B78770766B27E715">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FECFBE48C6414E27B292B32506D06F35">
+    <w:name w:val="FECFBE48C6414E27B292B32506D06F35"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89D08C47DE154549A531FEE5E693147A5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FBF395659DF40538C6EF36EDF29F008">
+    <w:name w:val="4FBF395659DF40538C6EF36EDF29F008"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="425C14A0FFF04B5F889397C2EC20B4455">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FD0222CF6014756BA9B6179C7DC303E">
+    <w:name w:val="2FD0222CF6014756BA9B6179C7DC303E"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F131E237A874C2E998E391FE4EA2A1C5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="119691B934F245E083D680622922373B">
+    <w:name w:val="119691B934F245E083D680622922373B"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F24DC86FA2E5416B9C10A5B82FE2E3055">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB0E0FA291F84CCF96AFF176044508AD">
+    <w:name w:val="AB0E0FA291F84CCF96AFF176044508AD"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE66EF6B1CC54E8BA5E55C338184798F5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00A60DA584354AD4B690B87BDA718A3C">
+    <w:name w:val="00A60DA584354AD4B690B87BDA718A3C"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9418E5F4E4842839DBD76176A470AC45">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A55C1E555A64D988AA9A7FA931C17D1">
+    <w:name w:val="9A55C1E555A64D988AA9A7FA931C17D1"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACABE56EEE3E4F3E87FE9C2E6CA578C15">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6975C91F1DD24580A7DF1C2C3D596532">
+    <w:name w:val="6975C91F1DD24580A7DF1C2C3D596532"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2487BD7CBD4E4DA180F1D51CFAA8E3375">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4DCD045FE2D04A56ADC1E3CF98D9543C">
+    <w:name w:val="4DCD045FE2D04A56ADC1E3CF98D9543C"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42677009B6D34C109CAEBE2A2AD4D6935">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF89A9504DFC497DBEAC6E29DABDE5EC">
+    <w:name w:val="FF89A9504DFC497DBEAC6E29DABDE5EC"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCA5DEDAFD234AEF919C5AD1EE6632E15">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE5C19C827B24CB2896A0FD18D87A707">
+    <w:name w:val="BE5C19C827B24CB2896A0FD18D87A707"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53BF1CD8E08B47F7965369E7E442ED3E5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01925A2674CA46008AF6DB93B5B76612">
+    <w:name w:val="01925A2674CA46008AF6DB93B5B76612"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="188D3AF12DBD4ED5A7AC65FB679FDAA35">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C68F22C82B144B6AB7EE4B249B5DA2A2">
+    <w:name w:val="C68F22C82B144B6AB7EE4B249B5DA2A2"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="256C20E7A3FB4F1E88962D2784303EEE5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF18D98778274FA286EA19EEFF090768">
+    <w:name w:val="AF18D98778274FA286EA19EEFF090768"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB03D55FDF504C678E39CDC41FCB23B85">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9CE7011473F45E8984D63FEDCFF8B5A">
+    <w:name w:val="C9CE7011473F45E8984D63FEDCFF8B5A"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A43D4838CF594A89901FDD74A955F35D5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C245A5613F64751941E551AD08EBB4C">
+    <w:name w:val="8C245A5613F64751941E551AD08EBB4C"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34986603CFB54893AF275DCACA5AE8DA5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8C1AF2D8A5F451D8E267979B3FBE569">
+    <w:name w:val="E8C1AF2D8A5F451D8E267979B3FBE569"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="259042B642D74311BA294605E0B28D915">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6020E715A5014D39A7E829023A980BA4">
+    <w:name w:val="6020E715A5014D39A7E829023A980BA4"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A8FBE8CFCEB477CA1164AAB55E58E955">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F472CDE3D05D4110A54007A6F6DD74BA">
+    <w:name w:val="F472CDE3D05D4110A54007A6F6DD74BA"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0033EB4A3DF542818C67869BC9BC6E035">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71FD4A2BF3854021A7686E0ABF5A10FD">
+    <w:name w:val="71FD4A2BF3854021A7686E0ABF5A10FD"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E51DB1364AD54948A8D29E9716BF9CE35">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81B05E7059164ADA966204610AA73B5A">
+    <w:name w:val="81B05E7059164ADA966204610AA73B5A"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A94CCCCB4D954BF8BA3E03048391EA825">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0900935A7FCC4BC390E940F581E87C1C">
+    <w:name w:val="0900935A7FCC4BC390E940F581E87C1C"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="56060F81FB954EF8B26CA2814A125CD85">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED4B19EC5C814ACFB14A2E21A32572DB">
+    <w:name w:val="ED4B19EC5C814ACFB14A2E21A32572DB"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0B01BA4A7654DF187B0813C04A5E0C85">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA170194C9E242C6881BA8689E3A36A4">
+    <w:name w:val="CA170194C9E242C6881BA8689E3A36A4"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AA0A3D855ED4C0AB4E8CEC90086A10C5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB0F685141D442C3A4AA6149022BF3F3">
+    <w:name w:val="FB0F685141D442C3A4AA6149022BF3F3"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF9C753DA5864400AE7B563FE69049135">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="574620E881164F39BD2EBB6358C463AC">
+    <w:name w:val="574620E881164F39BD2EBB6358C463AC"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0132E6B4C6B40D0A2D23F0CD9C1B55E5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38F1B02E82C74035A7F04A2B7CDA7209">
+    <w:name w:val="38F1B02E82C74035A7F04A2B7CDA7209"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7D80275F1F24F7CA24EB99AAEB7231F5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3AEA68F2ABED4BDE87541C33D20A7AFD">
+    <w:name w:val="3AEA68F2ABED4BDE87541C33D20A7AFD"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33C5E7A0911E487AAACE2F4515D4EEDC5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04A3509ECD9941BE8D6F294D77EDBE64">
+    <w:name w:val="04A3509ECD9941BE8D6F294D77EDBE64"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="620757ABA05F46FD8B5ED8F621CBA0515">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2903DC8EB61E46E2B6A1049C6E8B3CDB">
+    <w:name w:val="2903DC8EB61E46E2B6A1049C6E8B3CDB"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E77D8F9A69D44F2F92475F338B19FC2D5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7DC093EC2ABC446F9F1671A0C7A4F9C7">
+    <w:name w:val="7DC093EC2ABC446F9F1671A0C7A4F9C7"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E42A6478E634106928A2D7130261DB75">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B1835D2AF3741848029CCF2884A7BCB">
+    <w:name w:val="6B1835D2AF3741848029CCF2884A7BCB"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F10B5F7C592D4AB9833D49DC95EC0CD05">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C3D980A70BA4DDEA498147EBC570780">
+    <w:name w:val="4C3D980A70BA4DDEA498147EBC570780"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="95E729667FC14407A37FF63826BBA7FD5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6F12D3D3FF04E4AB3340FA0E211B461">
+    <w:name w:val="B6F12D3D3FF04E4AB3340FA0E211B461"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D8B46CFD02C4B3B92F4682784699E815">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="028175D55649485E93652DF154415A38">
+    <w:name w:val="028175D55649485E93652DF154415A38"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075DAFAF053C4B5E9FDE7F3DD48D34135">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBBCAF2C56FD4FC2B6D6094352061D74">
+    <w:name w:val="DBBCAF2C56FD4FC2B6D6094352061D74"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B91ACB655CF5468593819F96FCB50BD95">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C926E6EC1B8428090376FB097D807A7">
+    <w:name w:val="2C926E6EC1B8428090376FB097D807A7"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="69AA1A431EEB40B685BDC049D29EAF945">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17BCAF7379F340538D6447AD7644996F">
+    <w:name w:val="17BCAF7379F340538D6447AD7644996F"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2643FDE13C92429196714C6C881F6D425">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADA75D1791694D42BEF5F61A40651A0B">
+    <w:name w:val="ADA75D1791694D42BEF5F61A40651A0B"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02B308F204AB4C2DA126EBFD9671F62A5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84EE7D1397EB40A2B1BAAABC537FB3BC">
+    <w:name w:val="84EE7D1397EB40A2B1BAAABC537FB3BC"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2701EE2B0634A7598F3FF13C153D1B25">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15A6B91D2261483FAB76C03B69502FD0">
+    <w:name w:val="15A6B91D2261483FAB76C03B69502FD0"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D05EC9BB560A4DA9AC91EA5D765A287A5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27D75D059204435BB815F81CA7D4C80F">
+    <w:name w:val="27D75D059204435BB815F81CA7D4C80F"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="562EDE7C0E7A49A083CB1F0EC6CD47C85">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A797EF88BD9841938EC8897C5748F21A">
+    <w:name w:val="A797EF88BD9841938EC8897C5748F21A"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="067DAED953684B36977D6BCC0CD20D965">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="456E857DBB6941D891A582C13B0C48C0">
+    <w:name w:val="456E857DBB6941D891A582C13B0C48C0"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D5139B6E1B4EF4B508222E77A67D695">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CFE58E90FF449C0845DB2B769AB4923">
+    <w:name w:val="7CFE58E90FF449C0845DB2B769AB4923"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8CB5EF672C1420D9DCB1F76A7DA27175">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73EEB7EFC83E41BFBB1CE5E1E7751F73">
+    <w:name w:val="73EEB7EFC83E41BFBB1CE5E1E7751F73"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C59BB9CAE4384E439016828A016719915">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14AA4C621BFA485EAC1F14284EC98317">
+    <w:name w:val="14AA4C621BFA485EAC1F14284EC98317"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B9B375B608A4725A92B271B3CE20ED05">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECB9B8D8AC064D2DB772251E06D58D26">
+    <w:name w:val="ECB9B8D8AC064D2DB772251E06D58D26"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1B8E9CAAE6CE407AB427F66564661F585">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB025087B97740419D5B74C87758E220">
+    <w:name w:val="BB025087B97740419D5B74C87758E220"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2C9C84CB90F4E7F8650AB8CCA8FE13B5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4190CC022E94483EB435418165953A10">
+    <w:name w:val="4190CC022E94483EB435418165953A10"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="570D12C7C92047E4A71C1663D0A943675">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="716DB6A7EBFF4C3F9E73096C2E273B3C">
+    <w:name w:val="716DB6A7EBFF4C3F9E73096C2E273B3C"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B4F66962B7841C6BEA5FAA74D4000085">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="079A9E6FDE7943178C5865373374E5B6">
+    <w:name w:val="079A9E6FDE7943178C5865373374E5B6"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CB9659F603D417F8DB508F5EF91A9AD5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C21BE20184A04C8C91E6782D9BB8467C">
+    <w:name w:val="C21BE20184A04C8C91E6782D9BB8467C"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EAD633181B54F6C857D2AF75E8189AE5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD86F1FD02FC47A390CD2CD8D3D7AB53">
+    <w:name w:val="CD86F1FD02FC47A390CD2CD8D3D7AB53"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="416C8942918B48BC8139B6B544088E3A5">
-[...1 lines deleted...]
-    <w:rsid w:val="005F5A8E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38EA6E0EE954B7CB5A5BE2DD1EF4376">
+    <w:name w:val="A38EA6E0EE954B7CB5A5BE2DD1EF4376"/>
+    <w:rsid w:val="0009646A"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="753D013CA00C480C804BEDA12645E2E15">
-[...2 lines deleted...]
-    <w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78E201B130944EF2BF49721113B454CB">
+    <w:name w:val="78E201B130944EF2BF49721113B454CB"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B00AFC7441B4BF1B7808F8D5F9A48B8">
+    <w:name w:val="6B00AFC7441B4BF1B7808F8D5F9A48B8"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD026BAF1825430FAF331FA913DBF22C">
+    <w:name w:val="CD026BAF1825430FAF331FA913DBF22C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62DB96B345C74E03B78941C51D868DDE">
+    <w:name w:val="62DB96B345C74E03B78941C51D868DDE"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19560729EAFD4832AAC282383FBC2EE0">
+    <w:name w:val="19560729EAFD4832AAC282383FBC2EE0"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="464B68B467CB4811BB98EBAB67DB04F3">
+    <w:name w:val="464B68B467CB4811BB98EBAB67DB04F3"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CD3943EA7334D6BA1F3DAFD0CD57752">
+    <w:name w:val="5CD3943EA7334D6BA1F3DAFD0CD57752"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="387B094C9D8D47D79DAB9F92BEF193CC">
+    <w:name w:val="387B094C9D8D47D79DAB9F92BEF193CC"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53A127F696D24B93B1A51A547C8B35F3">
+    <w:name w:val="53A127F696D24B93B1A51A547C8B35F3"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A62F088F8BA4BB3AA23C851C46D8518">
+    <w:name w:val="9A62F088F8BA4BB3AA23C851C46D8518"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="611DC63E9354450FB9F5D5DC5E5C49B8">
+    <w:name w:val="611DC63E9354450FB9F5D5DC5E5C49B8"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2726C8B9478F40DDBE369A6F62388AB7">
+    <w:name w:val="2726C8B9478F40DDBE369A6F62388AB7"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A794A4038F384BA88F44B5A1D18E99DE">
+    <w:name w:val="A794A4038F384BA88F44B5A1D18E99DE"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EFAFC21AEDD428BA8B7244AE64BB4C7">
+    <w:name w:val="8EFAFC21AEDD428BA8B7244AE64BB4C7"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="753D013CA00C480C804BEDA12645E2E1">
+    <w:name w:val="753D013CA00C480C804BEDA12645E2E1"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0009646A"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53FDF0168274449EA5DA80E064B5A0F6">
+    <w:name w:val="53FDF0168274449EA5DA80E064B5A0F6"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0B2241AE83C4A6BBCA025671340B1E7">
+    <w:name w:val="A0B2241AE83C4A6BBCA025671340B1E7"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8AF4462234F4D53B1D9804613A53346">
+    <w:name w:val="B8AF4462234F4D53B1D9804613A53346"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A0FC063F530453E8730211E55A560D5">
+    <w:name w:val="0A0FC063F530453E8730211E55A560D5"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEC1B43B4C8847C495AFDBE3BE65703A">
+    <w:name w:val="DEC1B43B4C8847C495AFDBE3BE65703A"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D9A28F28BA54F6C96ACC9EF7641ECDD">
+    <w:name w:val="3D9A28F28BA54F6C96ACC9EF7641ECDD"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B17F8FFA2714C41A890BB6FC0586CEC">
+    <w:name w:val="2B17F8FFA2714C41A890BB6FC0586CEC"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D7EC7B0FDA647F9BE2FE9092D95EAC1">
+    <w:name w:val="3D7EC7B0FDA647F9BE2FE9092D95EAC1"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="70BE914358DE47D99E122B5F9797D152">
+    <w:name w:val="70BE914358DE47D99E122B5F9797D152"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FECFBE48C6414E27B292B32506D06F35">
+    <w:name w:val="FECFBE48C6414E27B292B32506D06F35"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FBF395659DF40538C6EF36EDF29F008">
+    <w:name w:val="4FBF395659DF40538C6EF36EDF29F008"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FD0222CF6014756BA9B6179C7DC303E">
+    <w:name w:val="2FD0222CF6014756BA9B6179C7DC303E"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="119691B934F245E083D680622922373B">
+    <w:name w:val="119691B934F245E083D680622922373B"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB0E0FA291F84CCF96AFF176044508AD">
+    <w:name w:val="AB0E0FA291F84CCF96AFF176044508AD"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00A60DA584354AD4B690B87BDA718A3C">
+    <w:name w:val="00A60DA584354AD4B690B87BDA718A3C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A55C1E555A64D988AA9A7FA931C17D1">
+    <w:name w:val="9A55C1E555A64D988AA9A7FA931C17D1"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6975C91F1DD24580A7DF1C2C3D596532">
+    <w:name w:val="6975C91F1DD24580A7DF1C2C3D596532"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4DCD045FE2D04A56ADC1E3CF98D9543C">
+    <w:name w:val="4DCD045FE2D04A56ADC1E3CF98D9543C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF89A9504DFC497DBEAC6E29DABDE5EC">
+    <w:name w:val="FF89A9504DFC497DBEAC6E29DABDE5EC"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE5C19C827B24CB2896A0FD18D87A707">
+    <w:name w:val="BE5C19C827B24CB2896A0FD18D87A707"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01925A2674CA46008AF6DB93B5B76612">
+    <w:name w:val="01925A2674CA46008AF6DB93B5B76612"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C68F22C82B144B6AB7EE4B249B5DA2A2">
+    <w:name w:val="C68F22C82B144B6AB7EE4B249B5DA2A2"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF18D98778274FA286EA19EEFF090768">
+    <w:name w:val="AF18D98778274FA286EA19EEFF090768"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9CE7011473F45E8984D63FEDCFF8B5A">
+    <w:name w:val="C9CE7011473F45E8984D63FEDCFF8B5A"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C245A5613F64751941E551AD08EBB4C">
+    <w:name w:val="8C245A5613F64751941E551AD08EBB4C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8C1AF2D8A5F451D8E267979B3FBE569">
+    <w:name w:val="E8C1AF2D8A5F451D8E267979B3FBE569"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6020E715A5014D39A7E829023A980BA4">
+    <w:name w:val="6020E715A5014D39A7E829023A980BA4"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F472CDE3D05D4110A54007A6F6DD74BA">
+    <w:name w:val="F472CDE3D05D4110A54007A6F6DD74BA"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71FD4A2BF3854021A7686E0ABF5A10FD">
+    <w:name w:val="71FD4A2BF3854021A7686E0ABF5A10FD"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81B05E7059164ADA966204610AA73B5A">
+    <w:name w:val="81B05E7059164ADA966204610AA73B5A"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0900935A7FCC4BC390E940F581E87C1C">
+    <w:name w:val="0900935A7FCC4BC390E940F581E87C1C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED4B19EC5C814ACFB14A2E21A32572DB">
+    <w:name w:val="ED4B19EC5C814ACFB14A2E21A32572DB"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA170194C9E242C6881BA8689E3A36A4">
+    <w:name w:val="CA170194C9E242C6881BA8689E3A36A4"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB0F685141D442C3A4AA6149022BF3F3">
+    <w:name w:val="FB0F685141D442C3A4AA6149022BF3F3"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="574620E881164F39BD2EBB6358C463AC">
+    <w:name w:val="574620E881164F39BD2EBB6358C463AC"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38F1B02E82C74035A7F04A2B7CDA7209">
+    <w:name w:val="38F1B02E82C74035A7F04A2B7CDA7209"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3AEA68F2ABED4BDE87541C33D20A7AFD">
+    <w:name w:val="3AEA68F2ABED4BDE87541C33D20A7AFD"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04A3509ECD9941BE8D6F294D77EDBE64">
+    <w:name w:val="04A3509ECD9941BE8D6F294D77EDBE64"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2903DC8EB61E46E2B6A1049C6E8B3CDB">
+    <w:name w:val="2903DC8EB61E46E2B6A1049C6E8B3CDB"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7DC093EC2ABC446F9F1671A0C7A4F9C7">
+    <w:name w:val="7DC093EC2ABC446F9F1671A0C7A4F9C7"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B1835D2AF3741848029CCF2884A7BCB">
+    <w:name w:val="6B1835D2AF3741848029CCF2884A7BCB"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C3D980A70BA4DDEA498147EBC570780">
+    <w:name w:val="4C3D980A70BA4DDEA498147EBC570780"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6F12D3D3FF04E4AB3340FA0E211B461">
+    <w:name w:val="B6F12D3D3FF04E4AB3340FA0E211B461"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="028175D55649485E93652DF154415A38">
+    <w:name w:val="028175D55649485E93652DF154415A38"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBBCAF2C56FD4FC2B6D6094352061D74">
+    <w:name w:val="DBBCAF2C56FD4FC2B6D6094352061D74"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C926E6EC1B8428090376FB097D807A7">
+    <w:name w:val="2C926E6EC1B8428090376FB097D807A7"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17BCAF7379F340538D6447AD7644996F">
+    <w:name w:val="17BCAF7379F340538D6447AD7644996F"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADA75D1791694D42BEF5F61A40651A0B">
+    <w:name w:val="ADA75D1791694D42BEF5F61A40651A0B"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84EE7D1397EB40A2B1BAAABC537FB3BC">
+    <w:name w:val="84EE7D1397EB40A2B1BAAABC537FB3BC"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15A6B91D2261483FAB76C03B69502FD0">
+    <w:name w:val="15A6B91D2261483FAB76C03B69502FD0"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27D75D059204435BB815F81CA7D4C80F">
+    <w:name w:val="27D75D059204435BB815F81CA7D4C80F"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A797EF88BD9841938EC8897C5748F21A">
+    <w:name w:val="A797EF88BD9841938EC8897C5748F21A"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="456E857DBB6941D891A582C13B0C48C0">
+    <w:name w:val="456E857DBB6941D891A582C13B0C48C0"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CFE58E90FF449C0845DB2B769AB4923">
+    <w:name w:val="7CFE58E90FF449C0845DB2B769AB4923"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73EEB7EFC83E41BFBB1CE5E1E7751F73">
+    <w:name w:val="73EEB7EFC83E41BFBB1CE5E1E7751F73"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14AA4C621BFA485EAC1F14284EC98317">
+    <w:name w:val="14AA4C621BFA485EAC1F14284EC98317"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECB9B8D8AC064D2DB772251E06D58D26">
+    <w:name w:val="ECB9B8D8AC064D2DB772251E06D58D26"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB025087B97740419D5B74C87758E220">
+    <w:name w:val="BB025087B97740419D5B74C87758E220"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4190CC022E94483EB435418165953A10">
+    <w:name w:val="4190CC022E94483EB435418165953A10"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="716DB6A7EBFF4C3F9E73096C2E273B3C">
+    <w:name w:val="716DB6A7EBFF4C3F9E73096C2E273B3C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="079A9E6FDE7943178C5865373374E5B6">
+    <w:name w:val="079A9E6FDE7943178C5865373374E5B6"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C21BE20184A04C8C91E6782D9BB8467C">
+    <w:name w:val="C21BE20184A04C8C91E6782D9BB8467C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD86F1FD02FC47A390CD2CD8D3D7AB53">
+    <w:name w:val="CD86F1FD02FC47A390CD2CD8D3D7AB53"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38EA6E0EE954B7CB5A5BE2DD1EF4376">
+    <w:name w:val="A38EA6E0EE954B7CB5A5BE2DD1EF4376"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78E201B130944EF2BF49721113B454CB">
+    <w:name w:val="78E201B130944EF2BF49721113B454CB"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B00AFC7441B4BF1B7808F8D5F9A48B8">
+    <w:name w:val="6B00AFC7441B4BF1B7808F8D5F9A48B8"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD026BAF1825430FAF331FA913DBF22C">
+    <w:name w:val="CD026BAF1825430FAF331FA913DBF22C"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62DB96B345C74E03B78941C51D868DDE">
+    <w:name w:val="62DB96B345C74E03B78941C51D868DDE"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19560729EAFD4832AAC282383FBC2EE0">
+    <w:name w:val="19560729EAFD4832AAC282383FBC2EE0"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="464B68B467CB4811BB98EBAB67DB04F3">
+    <w:name w:val="464B68B467CB4811BB98EBAB67DB04F3"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CD3943EA7334D6BA1F3DAFD0CD57752">
+    <w:name w:val="5CD3943EA7334D6BA1F3DAFD0CD57752"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="387B094C9D8D47D79DAB9F92BEF193CC">
+    <w:name w:val="387B094C9D8D47D79DAB9F92BEF193CC"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53A127F696D24B93B1A51A547C8B35F3">
+    <w:name w:val="53A127F696D24B93B1A51A547C8B35F3"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A62F088F8BA4BB3AA23C851C46D8518">
+    <w:name w:val="9A62F088F8BA4BB3AA23C851C46D8518"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="611DC63E9354450FB9F5D5DC5E5C49B8">
+    <w:name w:val="611DC63E9354450FB9F5D5DC5E5C49B8"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2726C8B9478F40DDBE369A6F62388AB7">
+    <w:name w:val="2726C8B9478F40DDBE369A6F62388AB7"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A794A4038F384BA88F44B5A1D18E99DE">
+    <w:name w:val="A794A4038F384BA88F44B5A1D18E99DE"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EFAFC21AEDD428BA8B7244AE64BB4C7">
+    <w:name w:val="8EFAFC21AEDD428BA8B7244AE64BB4C7"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="753D013CA00C480C804BEDA12645E2E1">
+    <w:name w:val="753D013CA00C480C804BEDA12645E2E1"/>
+    <w:rsid w:val="0009646A"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -13373,93 +17056,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6ED864E-40D8-4738-98DA-4ED8D50D37FD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{787A1448-9E9F-4B67-993B-CADFD460502C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>448</Words>
-  <Characters>2421</Characters>
+  <Words>459</Words>
+  <Characters>2479</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2864</CharactersWithSpaces>
+  <CharactersWithSpaces>2933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SUPREMA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>